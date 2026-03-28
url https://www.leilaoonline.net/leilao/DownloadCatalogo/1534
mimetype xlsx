--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,1915 +269,1679 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100465", "101")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100465", "veja o vídeo!! FORD/DEL REY BELINA L; 1990/1990; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>6.077,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100431", "102")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100431", "veja o vídeo!! VW/KOMBI; 1997/1997; CINZA; ALCO./GASOL.- MOTOR COM INJ. ELETRONICA - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100433", "103")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100433", "I/M.BENZ 415CDI SPRINTERM; 2014/2015; BRANCA; DIESEL - FUNCIONANDO - FROTA C73")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>71.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102665", "104")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102665", "RENAULT/LOGAN ZEN10MT; 2020/2021; BRANCA; ALCO./GASOL.; APROX. 7.080KM - FUNCIONANDO - IPVA 2021 PAGO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>39.750,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100437", "105")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100437", "IVECO/TRAKKER 720T42TN; 2010/2010; DIESEL; BRANCO - FROTA H30")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>103.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100439", "106")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100439", "FIORINO HD WK E; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100440", "107")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100440", "veja o vídeo!! I/VW JETTA CL AF (CONFORTLINE TSI); 2017/2017; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>47.250,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102688", "108")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102688", "veja o vídeo!! VW/PASSAT; 1984/1984; CINZA; GASOLINA - TURBO - RAT LOOK - FUNC.")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>6.270,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103027", "112")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103027", "veja o vídeo!! JEEP/COMPASS LIMITED F; 2017/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>70.750,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102745", "113")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102745", "veja o vídeo!! HONDA/HR-V EXL 1.8 16V I-VTEC; 2019/2020; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>88.750,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100451", "114")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100451", "FIAT/STRADA ADVENT FLEX; 2009/2009; CINZA; ALCO./GASOL. - FROTA 000")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>27.150,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100436", "115")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100436", "FORD CARGO 1722 E; 2009/2009; DIESEL; BRANCA - EQUIP. COMP. DE LIXO - FROTA I93")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>46.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102666", "118")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102666", "FIAT/ARGO DRIVE 1.3; 2017/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100435", "119")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100435", "FORD CARGO 1722; 2006/2006; DIESEL; BRANCA - EQUIP. COMP. DE LIXO - FUNCIONANDO - FROTA 984")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>62.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100438", "120")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100438", "veja o vídeo!! HONDA/WR-V EXL CVT; 2018/2018; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>52.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100444", "128")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100444", "I/FORD RANGER XLT 14X; 1999/1999; PRATA; GASOL/GNV - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100448", "129")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100448", "HONDA/WR-V EX CVT; 2020/2021; AZUL; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>81.250,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100442", "131")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100442", "HONDA/ML 125; 1985/1985; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>5.650,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100443", "132")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100443", "RENAULT MASTER MARIM PAS; 2017/2018; BRANCA; DIESEL - FUNCIONANDO - FROTA 038")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>88.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100446", "133")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100446", "HONDA/FIT LX 1.5 16V I-VTEC; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>62.050,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100450", "134")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100450", "FIAT/WEEKEND ADVENTURE; 2014/2015; PRATA; ALCO./GASOL. - FROTA E49")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>17.750,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102667", "135")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102667", "I/NISSAN VERSA 16SL FLEX; 2012/2013; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>26.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100452", "136")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100452", "PEUGEOT 207 HB XR S; 2012/2013; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102746", "137")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102746", "CAMINHÃO FORD/CARGO 1722 CN TOCO; COM COMPACTADOR DE LIXO; 2011/2012; BRANCO; DIESEL - FUNCIONANDO - FROTA 019")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>95.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102747", "138")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102747", "CAMINHÃO FORD/CARGO 1722 CN TOCO; 2011/2012; BRANCO; DIESEL - FUNCIONANDO - FROTA 017")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100454", "139")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100454", "CITROEN/JUMPER F35LH 23S; 2012/2013; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>40.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100447", "140")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100447", "RENAULT/MASTER BUS16 DCI; 2007/2008; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100453", "141")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100453", "CAMINHÃO FORD F-600; 1976/1976; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100463", "151")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100463", "veja o vídeo!! VOLVO/VM 260 6X2R; 2007/2007; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>98.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102936", "159")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102936", "I/VOLVO XC60 2.0 T5 KIN; 2015/2016; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>50.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100464", "160")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100464", "veja o vídeo!! HONDA/FIT EX CVT; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>64.250,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100458", "164")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100458", "VW/ÔNIBUS; INDUSCAR APACHE, 2006/2006, BRANCO, DIESEL, FROTA 128 - FUNCIONANDO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>26.500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103021", "169")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103021", "GM/CORSA MILENIUM; 2001/2001; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100456", "200")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100456", "IVECO DAILY 35S14HD; DIESEL; 2014/2014 BRANCA - GUINCHO PLATAFORMA - FUNCIONANDO")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>84.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100457", "201")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100457", "GM/C20 CUSTOM S; 1992/1992; GASOL./GNV; VERMELHA - PLATAFORMA DE GUINCHO - FUNCIONANDO")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100462", "202")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100462", "FORD CARGO 1722; 2006/2006; DIESEL; BRANCA - EQUIP. COMP. DE LIXO - FUNCIONANDO - FROTA 982")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>61.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100455", "203")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100455", "I/FIAT DUCATO CARGO B; 2019/2019; AMARELA; DIESEL - FUNCIONANDO - FROTA J04")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>84.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100459", "204")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100459", "F-4000; 2008/2009; DIESEL; BRANCA; EQUIP. COM CESTO AÉREO - FUNCIONANDO - FROTA J00")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>76.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100468", "210")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100468", "FORD/FIESTA; 1996/1996; VERDE; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>6.400,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103166", "212")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103166", "veja o vídeo!! FORD/ESCORT 1.0 HOBBY; 1994/1994; DOURADA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103172", "220")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103172", "VW/VARIANT II; 1978/1978; BEGE; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103173", "221")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103173", "veja o vídeo!! I/HYUNDAI ELANTRA GLS; 2012/2013; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>33.700,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100461", "234")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100461", "FORD F350 G; 2010/2010; DIESEL; BRANCA; EQUIP. CAÇAMBA BASC. HIDR.; CAP. APROX. 3,5M3")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>47.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100466", "236")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100466", "FORD/ROYALE 2.0 I GL; 1996/1996; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100467", "237")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100467", "VW/QUANTUM 2.0; 2000/2001; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100473", "248")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100473", "veja o vídeo!! VW/BRASILIA; 1977/1977; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>6.250,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100479", "253")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100479", "IVECO/DAILY 35S14HDCS; 2012/2013; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>71.500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100476", "254")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100476", "FORD CARGO 1622; 1999/1999; DIESEL; BRANCA; DOC. MECÂNICA OPERACIONAL - FROTA C08")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100477", "256")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100477", "VW/ÔNIBUS; INDUSCAR APACHE; 2008/2008; BRANCO; DIESEL; FROTA 103 - FUNCIONANDO")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>23.500,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100480", "257")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100480", "FORD/CARGO 2628 E BETONEIRA; 2009/2010; DIESEL; BRANCA - FUNCIONANDO - DOC MEC OPERACIONAL - FROTA C45")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>141.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100478", "258")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100478", "I/JINBEI FABUSFORMA M35; 2012/2013; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100470", "262")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100470", "VW/BRASILIA; 1974/1974; AMARELA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100469", "265")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100469", "FIAT/PALIO EDX; 1996/1996; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>4.250,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100471", "268")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100471", "veja o vídeo!! VW/GOL CL 1.8; 1993/1993; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>6.550,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100472", "273")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100472", "veja o vídeo!! VW/GOL; 1983/1983; BEGE; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100474", "281")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100474", "VW/FUSCA 1500; 1973/1973; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>6.250,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100475", "287")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100475", "veja o vídeo!! VW/SANTANA CL; 1988/1988; CINZA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>3.550,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100482", "291")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100482", "VW/GOL; 1981/1981; PRETA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100481", "293")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100481", "veja o vídeo!! VW/GOL LS; 1985/1985; BEGE; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>