--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,923 +269,811 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100822", "004")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100822", " Maquina de suco, voltagem 110v. ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>620,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100826", "005")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100826", " Caixa registradora Argus anos 70. ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>680,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100821", "303")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100821", "MÁQUINA DE SORVETE EXPRESSO E MILKSHAKE 220 MONOFASICA")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100783", "311")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100783", " Bomba multi estágios")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100778", "313")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100778", " Prensa 1.75 x 4.00")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100780", "314")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100780", " Moinho de pão inox")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100835", "400")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100835", "Barco de fibra c/ motor de rabeta, 2 remos e 3 carretilhas  ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100836", "401")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100836", "2 roupas de neopreme longa")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100697", "430")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100697", "Máquina para Madeira")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100706", "432")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100706", " Máquina Risomat semi automática de corte de papel isolante (poliéster) para isolamento de motores e transformadores")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100702", "444")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100702", " Embaladora termo encolhivel 40x40")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100685", "465")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100685", "TURBINA WEG")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100684", "476")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100684", " Desbobinadeira de chapa com caixa de redução")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100687", "480")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100687", " Moinho triturador de cobre e mesa garimpadora ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100686", "481")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100686", " Injetora de poliuretano. Para reparo")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100724", "539")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100724", " Máquina para cortar chapa automática funcionado")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100787", "626")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100787", " Compressor wayne 60 pés")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100786", "627")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100786", " Bomba d’água de pressão")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100788", "634")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100788", " Arqueadora de caixas")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100860", "655")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100860", " 2 Vending Machine")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100857", "656")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100857", " Balcão confeitaria inox")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100853", "658")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100853", " Sucata de Condensadoras")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100862", "664")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100862", " 1 pressurizador")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100850", "665")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100850", " 1 pressurizador")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100854", "666")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100854", " 1 pressurizador ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100863", "667")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100863", " 1 pressurizador ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100861", "668")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100861", " 1 pressurizador")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100859", "669")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100859", " Quadro  dos fundadores da primeira auto escola registrada no Brasil 1 de janeiro 1932 - são Cristóvão ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>