--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1627 +269,1427 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102668", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102668", "Caminhão M.Benz 1113. Ano 1970. Poliguindaste")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102670", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102670", "VW Kombi. Ano 2010. 15 lugares")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103189", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103189", "VW Saveiro 1.6. Ano 2010. Ar condicionado. Direção hidráulica. Vidro elétrico. Aprox 126.000 km")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100976", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100976", "Pulverizador marca kf/Pla. Modelo 2500. Ano 2017")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>380.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100974", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100974", " Tanque 20.000 litros. Marca Gascon.Bom estado de conservação (somente o tanque)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>59.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100972", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100972", " Tanque Gascom 15.000 litros. Calda pronta. Em bom estado (somente o tanque)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100967", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100967", "Caminhão Ford Cargo 1417F. Ano 2001")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100968", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100968", "Guindauto PHD 16 000. 2 hidráulicas, 2 manuais, laterais abrem hidraulico. Com sapata traseira e sobrechassi. Equipamento revisado")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>102.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100962", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100962", "CHASSI DOCUMENTADO PARA MONTAR TRAILER PARA CAMPING")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103225", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103225", "Caminhão M.Benz LS 1941. Ano 1991. Funcionando")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100980", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100980", "Conjunto com concha, lâmina e beg. Marca Stara. Acoplamento para trator Jd 6 cilindros")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100973", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100973", "  Conjunto com concha e lâmina. Marca Tatu. Acoplamento para tratores Case e New Holland 6 cilindros")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...83 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100977", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100977", " Plataforma Marca Massey Ferguson. Modelo 5/90")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100979", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100979", " Esparramador de palha. Marca Bandeirantes para colheitadeira Massey Ferguson")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100978", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100978", " Distribuidor de semente. Marca Stara sfil. 7 bocas")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100963", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100963", "[ RETIRADO ] NISSAN 370 Z COUPÉ. ANO 2011")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>98.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100975", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100975", " Kit caixa de peneira e bandejão. Marca New Holland. Para colheitadeira tc 59. Em bom estado de conservação")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100981", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100981", "Peças para colhedeira de cana  sem uso - Dvs marcas (planilha em anexo)")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100982", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100982", "Peças para caminhão -  sem uso - Dvs marcas (planilha anexa)")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100988", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100988", "Peças para veículos-  sem uso - Dvs marcas (planilha em anexo)")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103556", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103556", "Fiat Uno Mille Economy. Flex. Ano  2009/10. Aprox. 140.000 km")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103578", "021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103578", "Empilhadeira Taylor. Mod. T360. Capacidade: 18 tons. Ano: 1988. Motor: OM 352 Turbo revisado. Transmissão: Alisson 3 marchas a frente e tres a ré. Funcionando.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>160.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...239 lines deleted...]
-      <c r="D22" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103579", "022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103579", "Rolo Compactador Tema Terra. Mod. SPV 84. Tipo: Pé de carneiro Capacidade: 18 tons. Ano: 1988. Motor: OM 352. Bombas e motores hidraulicos recondicionados. Funcionando.")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>115.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103969", "023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103969", "[ VÍDEO ] PEUGEOT 408 ALLURE. FLEX. ANO 2011/2012")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103970", "024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103970", "[ VÍDEO ] FIAT PALIO WK TREKK 1.6. FLEX. ANO 2012/13")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103971", "025")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103971", "[ VÍDEO ] VW VOYAGE 1.0. FLEX. ANO 2010")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104198", "026")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104198", "[ VÍDEO ] CITRÖEN C4 20GLXA5P F . FLEX. ANO 2010/11")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100964", "102")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100964", " Trio Elétrico: Caminhão MB/ L 113. Ano 1976. Chassi alongado. Potência total de som: 58.000 Watts")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103152", "103")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103152", "CARROCERIA DE MADEIRA PARA D20 DUPLA")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E22" s="5" t="inlineStr">
-[...63 lines deleted...]
-      <c r="E24" s="5" t="inlineStr">
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100965", "104")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100965", "[ VÍDEO ] VW Gol 1.6. Ano 1988. Etanol. Segundo dono. Funcionando. Bom estado.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103153", "105")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103153", "CARROCERIA TRANSBORDO. ANO 2012.")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103154", "106")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103154", "CARROCERIA TRANSBORDO. ANO 2012.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100966", "108")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100966", "VW/ Gol 1.0. Ano 1994. Segundo dono. Funcionando.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>6.100,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103148", "113")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103148", "Guindaste P&amp;H. 15 Toneladas. Ano 1982")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103147", "116")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103147", " Compressor parafuso kaeser M38. Diesel. 3 cilindros. Ano Fab 2001")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103149", "117")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103149", " Arado. Marca Líder. 3 Discos")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103155", "121")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103155", " Reboque Ano 1995. Marca Lençois RRTC")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103151", "123")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103151", " 02 unhas de pá carregadeira")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103157", "124")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103157", " 02  tanques de caminhão")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103156", "125")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103156", " 04 pneus usados. 265/70/16")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>480,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103158", "126")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103158", " 02 bancos")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103150", "127")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103150", " Turbina recondicionada de motor Cummins Série C")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103165", "130")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103165", "[ VÍDEOS ] Colheitadeira Massey Ferguson. Mod. 3640. Com boca de soja e milho")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103163", "135")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103163", " 4 tomadas de força sendo; 2  - Eaton 8 marchas, 1 - Eaton 10 marchas e1 -ZF")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F24" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E25" s="5" t="inlineStr">
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103161", "136")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103161", " 3 pistões")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103159", "137")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103159", " Carroceria de D-20")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103162", "138")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103162", " 9 conjuntos de filtro combustível  Agco - Valtra")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F25" s="4" t="inlineStr">
-[...95 lines deleted...]
-      <c r="F28" s="4" t="inlineStr">
+      <c r="F57" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-[...15 lines deleted...]
-      <c r="D29" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103164", "139")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103164", " 7 filtros Tecfil  PSL523")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103160", "140")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103160", " Carreta de torta")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E29" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F29" s="4" t="inlineStr">
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-[...958 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102669", "500")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102669", "I/ JINBEI TOPIC L - ANO 2010/2011")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>