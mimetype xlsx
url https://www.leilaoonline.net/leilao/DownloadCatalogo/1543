--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,6203 +269,5431 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103588", "129")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103588", " Rolo Pé de Carneiro Dupla de Arraste")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>5.600,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103609", "130")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103609", " Retroescavadeira Massey Fergunson. Mod. MF86 HD")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103601", "131")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103601", " Eixo Dianteiro Motoniveladora Fiat Allis FG 70")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103599", "132")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103599", " 2 unidades de Truck Caterpillar D6N")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103583", "133")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103583", " Lâmina Trator de Esteira Caterpillar D6D")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103608", "134")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103608", " Lâmina Trator de Esteira Caterpillar D6R")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103596", "135")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103596", " Grade Dianteira Florestal Caterpillar D6D")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103593", "136")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103593", " Caçamba Pá Carregadeira Hyundai HL 770")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103581", "137")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103581", " Caçamba Escavadeira Caterpillar 336")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103586", "138")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103586", " Caçamba Escavadeira JCB JS330")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103597", "139")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103597", " Caçamba Pa Carregadeira Caterpillar 938")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103606", "140")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103606", " Caçamba Pa Carregadeira Caterpillar 966")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103603", "141")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103603", " Caçamba Pa Carregadeira Fiat Allis FR 180")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103607", "142")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103607", " Caçamba Pa Carregadeira Volvo L120")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103612", "143")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103612", " 2 unidades de Esteira Escavadeira JCB JS330")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103602", "144")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103602", " 2 unidades de Esteira Escavadeira Caterpillar 324")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103615", "145")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103615", " 2 unidads de Esteira Escavadeira Komatsu PC600")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103591", "146")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103591", "[ VÍDEO ] Ripper Caterpillar D7")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103611", "148")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103611", "[ VÍDEO ] Conjunto Tandem e transmissão Motoniveladora Caterpillar 120B")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103595", "149")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103595", "[ VÍDEO ] 2 unidades de Esteiras Caterpillar D8K. 38 elos")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103604", "150")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103604", "[ VÍDEO ] 2 unidades de Esteiras Caterpillar D8L 45 elos")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>15.400,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103594", "151")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103594", " Caçamba Escavadeira Hyundai R500 ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103613", "152")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103613", " Motor Cummins Serie C ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103605", "153")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103605", " Motor Caterpillar Retro 416")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>9.200,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103598", "154")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103598", " Diferencial traseiro Pa Carregadeira 924G Caterpillar")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>3.600,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103587", "155")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103587", " Pa Carregadeira Caterpillar 950F sem motor e caçamba")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>32.400,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103592", "156")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103592", " Motor Caterpillar D8H")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103590", "157")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103590", " Lamina Motoniveladora Caterpilar 12H com pistão")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103585", "158")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103585", " Eixo Dianteiro Motoniveladora Caterpillar 120H")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103584", "159")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103584", " Eixo Dianteiro Motoniveladora Caterpillar 120B")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103616", "160")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103616", " Eixo Dianteiro Motoniveladora Huber Warco")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103617", "161")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103617", " Caixa Redutor Motoniveladora Cat 120B/ com aplicação para guinchos")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103618", "162")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103618", " 2 unidades de TrucksTrator de esteira Shantui SD16")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103619", "163")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103619", " 2 unidades de Trucks Trtator de esteira Caterpillar D6")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103621", "164")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103621", " 6 unidades de Garfos para empilhadeiras de 2,5 a 4 Toneladas")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103622", "165")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103622", " 2 unidades de Plataformas com escada Pá Carregadeira Caterpillar 966H")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103620", "166")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103620", " Protetor de tanque do Trator de esteira Caterpillar D8K")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103630", "167")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103630", " Roda Guia Trator de Esteira Caterpillar D4")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103589", "168")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103589", " Roda Guia Trator de Esteira Caterpillar D6R")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103582", "169")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103582", " Roda Guia Trator de Esteira Caterpillar D6C")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103614", "170")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103614", " Chassi Shantui SD 16 com 2 comando final, pistões, mascara frontal")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103600", "171")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103600", " Concha Escavadeira Liebherr 942 com H e Link")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103625", "172")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103625", " Concha Escavadeira Hyundai R360")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103624", "173")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103624", " Caçamba Pa Carregadeira Liebherr L580")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103628", "174")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103628", " Caçamba Pa Carregadeira Komatsu WA320")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103623", "175")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103623", " Caçamba Pa Carregadeira Caterpillar 955L")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103626", "176")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103626", " H da Pa Carregadeira Caterpillar 966H")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>5.200,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103627", "177")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103627", " H da Pa Carregadeira Caterpillar 938G")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103629", "178")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103629", " H Frontal da Retro Esacavadeira Randon")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103631", "179")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103631", " H Frontal da Retro Esacavadeira Hyundai H940C")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103632", "180")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103632", " H da Pa Carregadeira XCMG WZ30")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103633", "181")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103633", " H Frontal da Retro Esacavadeira Case 580L")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103640", "182")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103640", " Capo Pa Carregadeira Caterpillar 950G")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103643", "183")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103643", " Capo Pa Carregadeira Caterpillar 938G")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103639", "184")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103639", " Capo Pa Carregadeira Caterpillar 962G")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103635", "185")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103635", " Mascara Traseira Pa Carregadeira Hyundai HL 760")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103636", "186")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103636", " Capo Pa Carregadeira Caterpillar 966H")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103637", "187")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103637", " 2 Radiadores Perkins Novos")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103648", "188")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103648", " Radiador Perkins novo")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103638", "189")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103638", " 2 Radiadores Perkins novos")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103646", "190")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103646", "[ LANCES POR QUILO ] Chapas de 1 e 2 Polegadas. Aproximadamente 1 tonelada")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103634", "191")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103634", " 94 Caixas com 14 unidades de Filtro Manga Novelis  Total 1316 Filtros")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103644", "192")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103644", " Cabine Escavadeira Volvo EC700 EC480 EC210")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103647", "193")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103647", "[ VÍDEO ] Ripper Motoniveladora Caterpillar 140H")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>6.200,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103649", "194")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103649", " Transmissao ZF S6-10S")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103642", "195")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103642", "[ VÍDEO ] Transmissão Pá Carregadeira Caterpillar 955. OBS: Bomba não inclusa")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103645", "196")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103645", "[ VÍDEO ] Transmissão Trator de esteira Caterpillar D8")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103641", "197")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103641", "[ VÍDEO ] Caixa Scania 691")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103650", "198")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103650", " Bloco do Motor Caterpillar D8L")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103651", "199")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103651", " Bloco do Motor caterpillar 3306")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103673", "200")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103673", " Bloco do Motor caterpillar 3406")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103670", "201")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103670", "[ VÍDEO ] Motor Detroit V8 V504-C185")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103652", "202")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103652", "[ VÍDEO ] Comando Final Trator de Esteira Caterpillar D6M")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103653", "203")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103653", "[ VÍDEO ] Pistão de Arraste Escavadeira Volvo EC700")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103669", "204")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103669", "[ VÍDEO ] Bomba Hidráulica Escavadeira Komatsu PC600")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103676", "205")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103676", " Caixa de cambio ZF S5-680")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103677", "206")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103677", " 178 unidades de Ventilador com gaiolas para filtros manga 180 mangas")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103674", "207")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103674", "[ VÍDEO ] Transmissão Automática ZF")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103675", "208")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103675", " Mini Carregadeiras Caterpillar Mod 226B (1245) sem motor r bombas")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103657", "209")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103657", " Mini Carregadeiras Caterpillar Mod 226B (1248) sem motor e bombas")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103678", "210")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103678", " Rolo Compactador de Pneus Muller AP 26 equipamento operional")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103654", "211")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103654", " Empilhadeira Toyota 10 Toneladas Diesel")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>20.600,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103655", "212")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103655", "[ VÍDEO ] Motoniveladora Dresser. Mod. 205C. Equipamento operacional")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103680", "213")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103680", " Motor Scania 111")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103656", "214")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103656", "[ RETIRADO ] Motor Caterpillar 3306")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103672", "215")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103672", " Motor Volvo Modelo D7 ")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103668", "216")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103668", " Motor Cummins  SmallCam")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103660", "217")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103660", " Motor Perkins 6357 com caixa de cambio")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103665", "218")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103665", " Motor Caterpillar V8 225")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103679", "219")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103679", " Motor Mercedes OM352 Parcial")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103666", "220")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103666", " Motor Perkins 4 Cilindros Parcial")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103667", "221")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103667", "[ VÍDEO ] Diversos Rebolos de Esmeril")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103663", "222")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103663", "[ VÍDEO ] Embreagem de Dragline Bucyrus")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103662", "223")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103662", "[ VÍDEO ] 2 unidades de Talha com corrente e garra de içamento")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103671", "224")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103671", " 2 unidades de Esteira Caterpillar D6M com mao de amigo")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103664", "225")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103664", " Sapatas de Esteira  D6M 79 unidades")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>5.400,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103658", "226")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103658", " Empilhadeira Linde H40D ano 2010  (667)")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103661", "227")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103661", " Empilhadeira Linde H40D ano 2005  (669)")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103659", "228")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103659", " Empilhadeira Linde H40D   (624)")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103985", "229")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103985", " Acabadora de Asfalto Barber Greene SA35")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>15.200,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103997", "230")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103997", " 2 Pneus 1600X24 com Rodas")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104006", "231")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104006", "10 unidades de Pneus 8,25X12 com Rodas")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104001", "232")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104001", " 2 Pneus 700X12 Macico")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104008", "233")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104008", " 2 Pneus 700X16 so uma roda")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104010", "234")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104010", " 10 unidades de Pneus 750X15")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104002", "235")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104002", " 8 unidades de Pneus 750X16")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103995", "236")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103995", " 10 unidades de Pneus 1100X22")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103991", "237")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103991", " Pneu 33,25X29")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103994", "238")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103994", " Pneu 29,5X29")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104011", "239")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104011", " Pneu 29,5X29")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104009", "240")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104009", " Pneu 26,6X29")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103987", "241")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103987", " 2 unidades de Pneu Agricola 18.4X34")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103990", "242")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103990", " 2 unidades de Pneus 21.00X24 com Rodas")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103999", "243")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103999", " 2 unidades de Pneus 18.00X25")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103992", "244")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103992", " Pneu 20,5X25")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103996", "245")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103996", " Pneu 23,5X25 com Rodas Cat 966")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104000", "246")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104000", " Pneu 26,5X25")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103989", "247")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103989", " Eixo com rodas e pneus Case 580H")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103998", "248")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103998", " 16 unidades de Medidores de Temperatura Termopar de forno Industrial")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104007", "249")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104007", " 15 unidades de Medidores de Vazao ")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104005", "250")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104005", " 20 unidades de Valvulas Diversas")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104015", "251")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104015", "17 unidades de  Valvulas de Vazao de agua")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104003", "252")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104003", "20 unidades de Valvulas de Ar e Agua")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103993", "253")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103993", "[ VÍDEO ] Aprox 15 peças: diversos reparos, bomba de água anti corrosão, coxim de borracha e ventoinhas")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103986", "254")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103986", " Bombas de oleo e agua com filtros e medidor aprox 10 pecas")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104014", "255")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104014", "9 unidades de Filtros de agua em Inox")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104013", "256")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104013", " Esteira Industrial")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104004", "257")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104004", "[ VÍDEO ] Aprox. 19 unidades de Filtros turbos. Sem uso.")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104012", "258")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104012", " Radiador Completo com helice Liebehr L580")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103988", "259")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103988", " Lamina Trator de Esteira Komatsu D61")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102956", "1001")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102956", "[ VÍDEO ] Eixo dianteiro JCB 456 Serial 3.31342.3")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102954", "1002")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102954", "[ VÍDEO ] Eixo Traseiro JCB 456  serial 3.31344.3")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102952", "1004")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102952", "[ VÍDEO ] Transmissao SP 8000 e Conversor de Torque ")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102953", "1005")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102953", "[ VÍDEO ] Transmissão Carrara p/ Retroescavadeira 4x2 sem grupo de válvulas")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102955", "1007")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102955", "[ VÍDEO ] Eixo traseiro Caterpillar 950F")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102958", "1008")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102958", "[ VÍDEO ] Eixo Dianteiro Caterpillar 950F 8R4666")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102960", "1009")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102960", " Motor caterpillar C15 sem modulo e bomba")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102959", "1012")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102959", "[ VÍDEO ] Gerador Militar Modelo 4A032-II 3KW")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102957", "1013")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102957", " Cabine Motoniveladora Caterpillar modelo 120G com vidros")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103017", "1014")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103017", " Cabine Escavadeira Caterpillar modelo 320D")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>5.250,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102962", "1015")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102962", "[ VÍDEO ] Redutor de Giro Escavadeira Fiat Allis S90 completo")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102963", "1017")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102963", "[ VÍDEO ] Redutor de  Giro Escavadeira Komatsu PC600 com motor")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102964", "1018")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102964", "[ VÍDEO ] Redutor de Giro Escavadeira Caterpillar 320BL com motor")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102961", "1019")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102961", "[ VÍDEO ] Redutor de Giro Escavadeira Caterpillar 336D sem motor hidraulico")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103018", "1023")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103018", " Coroa de Giro Escavadeira Caterpillar 320CL")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102966", "1025")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102966", " 2 Pistoes de levante Escavadeira Komatsu PC150")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102967", "1026")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102967", " 2 Pistoes de levante Escavadeira JCB JS330")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103019", "1028")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103019", "[ VÍDEO ] Motor Diesel Volvo D16 sem modulo")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102968", "1029")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102968", "[ VÍDEO ] Transmissão Pá Carregadeira SEM modelo 659C")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102974", "1032")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102974", "[ VÍDEO ] Comando Final Trator de Esteira Catepillar D8L com seguimentos")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102971", "1034")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102971", "[ VÍDEO ] Comando Hidráulico Escavadeira Caterpillar 336D")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102975", "1035")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102975", "[ VÍDEO ] Comando Hidráulico Escavadeira Fiat Allis FX215")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102969", "1036")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102969", "[ VÍDEO ] Redutor de Translacao com motor  Escavadeira Komatsu PC600 com roda motriz")</f>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
-      <c r="A164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102972", "1038")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102972", "[ VÍDEO ] Redutor de Translação com motor  Escavadeira Fiat Allis FX215 com roda motriz")</f>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102970", "1039")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102970", "[ VÍDEO ] Redutor de Translação com motor  Escavadeira Liebheer 942C com roda motriz")</f>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
-      <c r="A166" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102973", "1040")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102973", "[ RETIRADO ] Bomba Hidraulica Escavadeira Case 888 CKE")</f>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
-      <c r="A167" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102976", "1041")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102976", "[ VÍDEO ] Bomba Hidraulica Escavadeira Fiat Allis S90")</f>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
-      <c r="A168" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102985", "1047")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102985", "[ VÍDEOS ] Extrator de tubo para perfuracao hidraulico com Unidade hidraulica")</f>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
-      <c r="A169" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102978", "1048")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102978", " Eixo traseiro  Pa Carregadeira Liebherr L580")</f>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
-      <c r="A170" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102984", "1049")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102984", "[ VÍDEO ] Tanque de Arrasto para Piche (Vaca Preta)")</f>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
-      <c r="A171" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102979", "1050")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102979", "[ VÍDEOS ] Eixo Dianteiro Pa carregadeira Caterpillar 938G")</f>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
-      <c r="A172" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102987", "1053")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102987", "[ VÍDEO ] Ripper  para trator de esteira Komatsu D61")</f>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
-      <c r="A173" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102980", "1056")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102980", "[ VÍDEO ] Tandem de Motoniveladora XCMG 180")</f>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
-      <c r="A174" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102981", "1058")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102981", "[ VÍDEO ] Transmissao ZF-4WG190 de Pa Carregadeira Hyundai HL757-7 sem grupo de Valvula")</f>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
-      <c r="A175" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102983", "1059")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102983", "[ VÍDEO ] Transmissão Trator de Esteira Caterpillar D8L")</f>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
-      <c r="A176" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102988", "1060")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102988", "[ VÍDEO ] Transmissão Motoniveladora Caterpillar 120B")</f>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
-      <c r="A177" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102986", "1061")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102986", "[ VÍDEO ] H de Retro Escavadeira Fiat Allis FB80.2")</f>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
-      <c r="A178" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102991", "1062")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102991", "[ VÍDEO ] Circulo da Motoniveladora XCMG 180")</f>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
-      <c r="A179" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103020", "1066")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103020", "[ VÍDEO ] Transmissão Pá Carregadeira Caterpillar 950G")</f>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
-      <c r="A180" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102993", "1069")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102993", "[ VÍDEO ] Caixa de Cambio trator de esteira Caterpillar D4E")</f>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
-      <c r="A181" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102989", "1072")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102989", "[ VÍDEO ] Carretinha de arraste ")</f>
       </c>
       <c r="C181" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
-      <c r="A182" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102990", "1073")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102990", "[ VÍDEO ] Roda Guia Trator de Esteira Caterpillar D8H")</f>
       </c>
       <c r="C182" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
-      <c r="A183" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102994", "1079")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102994", " 2 Pneu 8,25x12 com roda")</f>
       </c>
       <c r="C183" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
-      <c r="A184" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102996", "1084")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102996", " Eixo Diferencial Dianteiro Pa Carregadeira caterpillar 938H")</f>
       </c>
       <c r="C184" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
-      <c r="A185" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102998", "1089")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102998", "[ VÍDEO ] 2 Radiadores Perkins 2485B281 medidas 80cm x 45cm x 22,5cm")</f>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
-      <c r="A186" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102999", "1090")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102999", " Cabine Escavadeira JCB JS200 e JS330. Com vidros. Vazia")</f>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
-      <c r="A187" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103002", "1091")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103002", "[ VÍDEO ] Cabine Pa Carregadeira Liebherr L580")</f>
       </c>
       <c r="C187" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
-      <c r="A188" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102997", "1093")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102997", "[ VÍDEO ] Cabine Escavadeira Case 888CKE")</f>
       </c>
       <c r="C188" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
-      <c r="A189" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102995", "1094")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102995", "[ VÍDEO ] Cabine Pá Carregadeira JCB 456 ZX")</f>
       </c>
       <c r="C189" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
-      <c r="A190" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103001", "1095")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103001", "[ VÍDEO ] Diferencial dianteiro Pá carregadeira Caterpillar 966H")</f>
       </c>
       <c r="C190" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t>7.750,00</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
-      <c r="A191" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103007", "1098")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103007", " Grupo de Valvula Pa Carregadeira Caterpillar 938G")</f>
       </c>
       <c r="C191" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D191" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
-      <c r="A192" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103004", "1099")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103004", " Painel da Escavadeira JCB modelo JS330")</f>
       </c>
       <c r="C192" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D192" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
-      <c r="A193" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103003", "1100")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103003", " Painel da Escavadeira Komatsu PC150")</f>
       </c>
       <c r="C193" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
-      <c r="A194" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103012", "1101")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103012", " Painel da Escavadeira Volvo 14640101")</f>
       </c>
       <c r="C194" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D194" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
-      <c r="A195" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103008", "1102")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103008", " Comando hidraulico 3 vias varetado Rexroth")</f>
       </c>
       <c r="C195" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E195" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
-      <c r="A196" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103009", "1103")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103009", " Comando hidraulico 2 vias varetado Rexroth")</f>
       </c>
       <c r="C196" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
-      <c r="A197" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103005", "1104")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103005", " 2 Joystick Esacavadeiras Caterpillar")</f>
       </c>
       <c r="C197" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D197" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
-      <c r="A198" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103011", "1105")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103011", " Modulo Pa Carregadeira Volvo L110")</f>
       </c>
       <c r="C198" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D198" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E198" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F198" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
-      <c r="A199" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103006", "1106")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103006", " Bomba Hidráulica Escavadeira Caterpillar 336 234-4638")</f>
       </c>
       <c r="C199" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D199" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E199" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
-      <c r="A200" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103010", "1107")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103010", " Cabine Pa Carregadeira Volvo L90I")</f>
       </c>
       <c r="C200" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E200" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
-      <c r="A201" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103013", "1112")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103013", " Motoniveladora Volvo G710 ano 2008 sem rodas e pneus")</f>
       </c>
       <c r="C201" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D201" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E201" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
-      <c r="A202" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103014", "1122")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103014", "[ VÍDEOS ] Tanque de Água Contin. 15.400 Litros")</f>
       </c>
       <c r="C202" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D202" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E202" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F202" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
-      <c r="A203" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103015", "1123")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103015", "[ VÍDEO ] Trator de esteira Caterpillar. Modelo D6R. Ano 2001")</f>
       </c>
       <c r="C203" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E203" s="5" t="inlineStr">
         <is>
           <t>140.750,00</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>