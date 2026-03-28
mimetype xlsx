--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1595 +269,1399 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102612", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102612", "Dolly Randon. Ano 2002. Com documentos")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102613", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102613", "Dolly Rodoforte.  Ano 2006. Com documentos")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102607", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102607", "Dolly de um eixo (Rala). Sem documentos")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>5.050,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102610", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102610", " Dolly de um eixo (Rala). Sem documentos")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>5.050,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102608", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102608", "Dolly de um eixo (Rala). Sem documentos")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>5.050,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102606", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102606", "Dolly de um eixo (Rala). Sem documentos")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>5.050,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102609", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102609", "Dolly de um eixo (Rala). Sem documentos")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>5.050,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102611", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102611", "Dolly de um eixo (Rala). Sem documentos")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>5.050,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102674", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102674", " 4 quadros de energia sendo: 1 disjuntor de 600 amperes, 1 disjuntor de 400 amperes e 2 diversos")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102676", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102676", " 1 Carregador e 1 transformador")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102680", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102680", " 01 prensa mod. PHt15  e 01 furadeira de bancada")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102677", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102677", " 3 Rodas com pneus (raridade)")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102686", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102686", " lavadora  de alta pressão ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102687", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102687", " 1 carrinho de carregar bujões de gás, 1 cilindro , cabos de maçaricoe 1 máquina de cortar grama ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102685", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102685", " Lote com dezenas de peças diversas  antigas (raridades)")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102678", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102678", " lote com , 1 serra, motores , 1 pá e recadeira")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102684", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102684", " 1 plaina e 1 serra (funcionando no estado em que se encontra)")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102675", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102675", " 2 cubos com campana marca Rondon")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102682", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102682", " lote com 09 palitos com eixo S e cuícas grandes e catracas")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102681", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102681", " 04 campanas")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102679", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102679", " 06 feixes de molas")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102683", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102683", " 12 pneus 295  Marcas Pirelli, Michelin, Goodyear")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102603", "045")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102603", "[ LANCE POR KG ] 03 eixos de carreta completos com molejos (bom estado de conservação). Aprox. 1.500 quilos")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>6,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>0.25</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102604", "046")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102604", "[ LANCE POR KG ] 03 eixos de carreta completos com molejos (bom estado de conservação). Aprox. 1.500 quilos")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>6,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>0.25</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102605", "047")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102605", "[ LANCE POR KG ] 03 eixos de carreta completos com molejos (bom estado de conservação). Aprox. 1.500 quilos")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>6,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>0.25</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102602", "048")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102602", "[ LANCE POR KG ] 03 eixos de carreta completos com molejos (bom estado de conservação). Aprox. 1.500 quilos")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>6,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>0.25</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102601", "049")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102601", "[ LANCE POR KG ] 03 eixos de carreta completos com molejos (bom estado de conservação). Aprox. 1.500 quilos")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>6,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>0.25</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102586", "062")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102586", " 4 pneus Scorpion ATR. 225/65 R17")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102585", "063")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102585", " Inversor de Bateria. 24 W. 110/220. 3000 Watts")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102584", "066")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102584", " 20 un Cubos de rodas")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102587", "067")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102587", " 2 un de extintores")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102583", "068")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102583", " 3 redutores. 15/1. De rosca sem fim")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102591", "069")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102591", " Eixo dianteiro de Mercedes bens. A disco ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102589", "073")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102589", " Aprox. 3 ton. Vigas de 8mm x 30 cm x 9 metros")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102588", "074")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102588", " Freio magnético e controlador de tensão. Sem uso ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102590", "075")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102590", " Boca de lobo e redutor de trator")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102592", "089")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102592", "54 un de cabeçote de alumínio para filtros, sem uso.")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102595", "090")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102595", "Chopeira semi nova ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102594", "091")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102594", "Tanque de chopp servidor com 10 torneiras 360 graus")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>45.600,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...25 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102593", "092")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102593", "1 Balancin -  3 metros ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102599", "093")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102599", " 1 Balancin -  3 metros ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102596", "094")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102596", " 1 Balancin -  3 metros ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102598", "095")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102598", " 1 Balancin -  3 metros ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102597", "096")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102597", " 1 Balancin -  3 metros ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102600", "097")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102600", " 1 Balancin -  3 metros ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102614", "098")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102614", "4 campanas de carreta ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.350,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103369", "100")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103369", "Talha Eletrica  5 Ton")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>5500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103553", "101")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103553", "Torno Nardini  HM 2000")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...1374 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103554", "102")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103554", "4 cubos e campanhas raiadas")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>