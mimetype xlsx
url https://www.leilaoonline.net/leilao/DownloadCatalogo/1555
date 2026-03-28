--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,1723 +269,1511 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103204", "100")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103204", "CITROEN/JUMPER F35LH 23S; 2012/2013; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>54.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103213", "101")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103213", "veja o vídeo!! FORD/DEL REY BELINA L; 1990/1990; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103193", "102")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103193", "FORD CARGO 1722; 2006/2006; DIESEL; BRANCA - EQUIP. COMP. DE LIXO - FUNCIONANDO - FROTA 984")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104463", "103")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104463", "veja o vídeo!! CAMINHÃO MERCEDES BENZ/712 C; C/ELETRÔNICO PLATAFORMA HIDRÁULICA GUINCHO; 2002/2002; AZUL; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>83.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103216", "104")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103216", "RENAULT/LOGAN ZEN10MT; 2020/2021; BRANCA; ALCO./GASOL.; APROX. 7.080KM - FUNCIONANDO - IPVA 2021 PAGO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>85</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>37.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104321", "105")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104321", "CHEVROLET/S10 LS DS4 4X4; 2017/2018; BRANCA; DIESEL - FUNCIONANDO - FROTA 640")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>99.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104325", "106")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104325", "veja o vídeo!! HYUNDAI/CRETA 16A PULSE; 2018/2018; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>63.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103196", "107")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103196", "veja o vídeo!! I/VW JETTA CL AF (CONFORTLINE TSI); 2017/2017; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>57.250,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103218", "108")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103218", "veja o vídeo!! VW/PASSAT; 1984/1984; CINZA; GASOLINA - TURBO - RAT LOOK - FUNC.")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>8.050,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104511", "109")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104511", "veja o vídeo!! CHEVR./SPIN 1.8L AT LT ADV; 2014/2015; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>29.750,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103212", "110")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103212", "veja o vídeo!! VOLVO/VM 260 6X2R; 2007/2007; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>140.007,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104879", "112")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104879", "veja o vídeo!! HONDA/HR-V EX CVT; 2017/2018; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>72.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104322", "113")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104322", "veja o vídeo!! HONDA/HR-V EXL 1.8 16V I-VTEC; 2019/2020; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2021 PAGO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>85.100,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103201", "114")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103201", "FIAT/STRADA ADVENT FLEX; 2009/2009; CINZA; ALCO./GASOL. - FROTA 000")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>25.650,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103194", "115")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103194", "FORD CARGO 1722 E; 2009/2009; DIESEL; BRANCA - EQUIP. COMP. DE LIXO - FROTA I93")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>53.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104324", "116")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104324", "veja o vídeo!! NISSAN/KICKS SV CVT; 2019/2020; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>67.750,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104286", "117")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104286", "VW/BRASILIA; 1978/1979; AMARELA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104455", "118")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104455", "veja o vídeo!! CHEVROLET/ONIX 10MT JOYE; 2018/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>28.250,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104391", "120")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104391", "veja o vídeo!! HONDA/WR-V EXL CVT; 2018/2018; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>56.850,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104882", "121")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104882", "VW/POLO CL AD; 2019/2019; PRETO; ALCO./GASOL.; AUTOMÁTICO - FUNCIONANDO - FROTA J13")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>40.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103197", "128")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103197", "I/FORD RANGER XLT 14X; 1999/1999; PRATA; GASOL/GNV - FUNCIONANDO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104448", "130")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104448", "veja o vídeo!! HONDA/FIT LX FLEX; 2013/2014; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2021 PAGO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103191", "132")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103191", "veja o vídeo!! VW/KOMBI; 1997/1997; CINZA; ALCO./GASOL.- MOTOR COM INJ. ELETRONICA - FUNCIONANDO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>22.750,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103198", "133")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103198", "HONDA/FIT LX 1.5 16V I-VTEC; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>61.450,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103200", "134")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103200", "FIAT/WEEKEND ADVENTURE; 2014/2015; PRATA; ALCO./GASOL. - FROTA E49")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103217", "135")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103217", "I/NISSAN VERSA 16SL FLEX; 2012/2013; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>26.200,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103202", "136")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103202", "PEUGEOT 207 HB XR S; 2012/2013; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>10.300,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103195", "139")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103195", "FIORINO HD WK E; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>55.250,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103199", "140")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103199", "RENAULT/MASTER BUS16 DCI; 2007/2008; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104797", "141")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104797", "ONIX 1.4MT LT; 2017/2018; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103220", "159")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103220", "I/VOLVO XC60 2.0 T5 KIN; 2015/2016; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>51.250,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103208", "164")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103208", "VW/ÔNIBUS; INDUSCAR APACHE, 2006/2006, BRANCO, DIESEL, FROTA 128 - FUNCIONANDO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103221", "169")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103221", "GM/CORSA MILENIUM; 2001/2001; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>7.250,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104428", "170")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104428", "veja o vídeo!! VW/GOL 1.0 GIV; 2011/2011; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104758", "180")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104758", "VW/FOX 1.0; 2006/2006; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104320", "199")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104320", "veja o vídeo!! VW/NOVA SAVEIRO RB MBVS; 2019/2019; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>45.600,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>1150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103206", "200")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103206", "IVECO DAILY 35S14HD; DIESEL; 2014/2014 BRANCA - GUINCHO PLATAFORMA - FUNCIONANDO")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>67.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103207", "201")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103207", "GM/C20 CUSTOM S; 1992/1992; GASOL./GNV; VERMELHA - PLATAFORMA DE GUINCHO - FUNCIONANDO")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>48.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103211", "202")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103211", "FORD CARGO 1722; 2006/2006; DIESEL; BRANCA - EQUIP. COMP. DE LIXO - FUNCIONANDO - FROTA 982")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>88</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>67.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103205", "203")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103205", "I/FIAT DUCATO CARGO B; 2019/2019; AMARELA; DIESEL - FUNCIONANDO - FROTA J04")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103209", "204")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103209", "F-4000; 2008/2009; DIESEL; BRANCA; EQUIP. COM CESTO AÉREO - FUNCIONANDO - FROTA J00")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103222", "212")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103222", "veja o vídeo!! FORD/ESCORT 1.0 HOBBY; 1994/1994; DOURADA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103223", "220")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103223", "VW/VARIANT II; 1978/1978; BEGE; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103224", "221")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103224", "veja o vídeo!! I/HYUNDAI ELANTRA GLS; 2012/2013; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104757", "223")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104757", "GM/MONZA GL; 1994/1994; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>7.350,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103210", "234")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103210", "FORD F350 G; 2010/2010; DIESEL; BRANCA; EQUIP. CAÇAMBA BASC. HIDR.; CAP. APROX. 3,5M3")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>49.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103214", "236")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103214", "FORD/ROYALE 2.0 I GL; 1996/1996; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103215", "237")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103215", "VW/QUANTUM 2.0; 2000/2001; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104285", "248")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104285", "veja o vídeo!! VW/BRASILIA; 1977/1977; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104454", "253")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104454", "GM/CORSA WIND; 1998/1999; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>7.400,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104283", "273")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104283", "veja o vídeo!! VW/GOL; 1983/1983; BEGE; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104284", "293")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104284", "veja o vídeo!! VW/GOL LS; 1985/1985; BEGE; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>4.300,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104462", "303")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104462", "veja o vídeo!! FIAT/FIAT 147 GLS; 1980/1980; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>2.550,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>