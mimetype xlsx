--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,5851 +269,5123 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103681", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103681", " Lote com: 500 unidades de Cabides diversos para logística de roupas")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>690,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103682", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103682", " Lote com: 500 unidades de Cabides diversos para logística de roupas")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>690,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103685", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103685", " Lote com: 500 unidades de Cabides diversos para logística de roupas")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>690,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103689", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103689", " Lote com: 500 unidades de Cabides diversos para logística de roupas")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>690,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103695", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103695", " Lote com: 500 unidades de Cabides diversos para logística de roupas")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>690,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103699", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103699", " Lote com: 500 unidades de Cabides diversos para logística de roupas")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>690,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103690", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103690", " Lote com: 500 unidades de Cabides diversos para logística de roupas")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>690,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103697", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103697", " Lote com: 500 unidades de Cabides diversos para logística de roupas")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>690,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103684", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103684", " Lote com: 500 unidades de Cabides diversos para logística de roupas")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>690,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103692", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103692", " Lote com: 500 unidades de Cabides diversos para logística de roupas")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>690,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103687", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103687", " Lote com: 500 unidades de Cabides diversos para logística de roupas")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>690,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103691", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103691", " Lote com: 500 unidades de Cabides diversos para logística de roupas")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>690,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103683", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103683", " Lote com: 500 unidades de Cabides diversos para logística de roupas")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>690,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103694", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103694", " Lote com: 500 unidades de Cabides diversos para logística de roupas")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>690,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103686", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103686", " Lote com: 500 unidades de Cabides diversos para logística de roupas")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>690,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103688", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103688", " Lote com: 500 unidades de Cabides diversos para logística de roupas")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>690,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103693", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103693", " Lote com: 500 unidades de Cabides diversos para logística de roupas")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>690,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103696", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103696", " Lote com: 500 unidades de Cabides diversos para logística de roupas")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>690,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103698", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103698", " Lote com: 500 unidades de Cabides diversos para logística de roupas")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>690,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103731", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103731", " Lote com: 500 unidades de Cabides diversos para logística de roupas")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>690,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103730", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103730", " Lote com: 100 unidades de Camisas Aduana e Vitorino - Sem uso ( Diversas)")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103732", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103732", " Lote com: 100 unidades de Camisas Aduana e Vitorino - Sem uso ( Diversas)")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103741", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103741", " Lote com: 100 unidades de Camisas Aduana e Vitorino - Sem uso ( Diversas)")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103754", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103754", " Lote com: 100 unidades de Camisas Aduana e Vitorino - Sem uso ( Diversas)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103751", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103751", " Lote com: 100 unidades de Camisas Aduana e Vitorino - Sem uso ( Diversas)")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103752", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103752", " Lote com: 100 unidades de Camisas Aduana e Vitorino - Sem uso ( Diversas)")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103748", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103748", " Lote com: 100 unidades de Camisas Aduana e Vitorino - Sem uso ( Diversas)")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103745", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103745", " Lote com: 100 unidades de Camisas Aduana e Vitorino - Sem uso ( Diversas)")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103750", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103750", " Lote com: 100 unidades de Camisas Aduana e Vitorino - Sem uso ( Diversas)")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103740", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103740", " Lote com: 100 unidades de Camisas Aduana e Vitorino - Sem uso ( Diversas)")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103734", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103734", " Lote com: 4 unidades de Terminal Thing Cliente OryExpanion L1110")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103735", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103735", " Lote com: 4 unidades de Terminal Thin Cliente ORY L230")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103733", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103733", " Lote com: 2 unidades de Terminal Thin Cliente Wyse model CX0 com Linux")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103736", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103736", " TELEFONE POLYCOM PARA AUDIO/ VÍDEO CONFERÊNCIA")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103737", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103737", " CAMERA PARA AUDIO CONFERÊNCIA TANDBERG MODELO TT-C7-08")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103749", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103749", " CISCO ACESS POINT AIR-CAP-17021-2-K9")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103758", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103758", " CISCO ACESS POINT AIR -CAP-18031-2-K9")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103744", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103744", " Lote com: 2 unidades de CISCO SPA 8800 IP GATEWAY ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103759", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103759", " Lote com: 8 unidades de TABLET PARA ASSINATURA DIGITAL WACON OLIVETTI MODELO STU 500B")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103742", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103742", " Lote com: 4 unidades de COLETORES DE DADOS HONEYWELL MODELO E-153740 ( ligando ) ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103739", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103739", " Lote com: 5 unidades de WALK TALK /RADIO COMUNICADORES DIVERSOS  (LIGANDO) ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103746", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103746", " Lote com: 2 unidades de MONITORES DE LCD DE 7" DIVERSOS (LIGANDO)")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103743", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103743", " TELEFONE PARA AUDIO CONFERÊNCIA AETHRA MODELO VER.01 - The voice")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103753", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103753", " Lote com: 2 unidades de TELEFONE PARA AUDIO CONFERENCIA CLEAR ONE MAX MODELO 860-158-500")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103738", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103738", " CONTADORA DE MOEDAS(LIGANDO) UNIMAX MX")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103757", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103757", " MONITOR DE SATURAÇÃO - Oxigenação Terumo ( ligando)")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103760", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103760", " Lote com: 10 unidades de ADAPTADOR VGA/HDMI - Sem uso -  Na embalagem. ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103755", "049")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103755", " Lote com: 10 unidades de ADAPTADOR VGA/HDMI - Sem uso -  Na embalagem. ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103747", "050")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103747", " Lote com: 10 unidades de ADAPTADOR VGA/HDMI - Sem uso -  Na embalagem. ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103756", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103756", " Lote com: 10 unidades de ADAPTADOR VGA/HDMI - Sem uso -  Na embalagem. ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103761", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103761", " Lote com: 10 unidades de ADAPTADOR VGA/HDMI - Sem uso -  Na embalagem. ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103768", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103768", " Lote com: 10 unidades de ADAPTADOR VGA/HDMI - Sem uso -  Na embalagem. ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103763", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103763", " Lote com: 10 unidades de ADAPTADOR VGA/HDMI - Sem uso -  Na embalagem. ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103766", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103766", " Lote com: 10 unidades de ADAPTADOR VGA/HDMI - Sem uso -  Na embalagem. ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103762", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103762", " Lote com: 10 unidades de ADAPTADOR VGA/HDMI - Sem uso -  Na embalagem. ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103764", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103764", " Lote com: 10 unidades de ADAPTADOR VGA/HDMI - Sem uso -  Na embalagem. ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103767", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103767", " Lote com: 10 unidades de ADAPTADOR VGA/HDMI - Sem uso -  Na embalagem. ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103771", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103771", " Lote com: 10 unidades de ADAPTADOR VGA/HDMI - Sem uso -  Na embalagem. ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103770", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103770", " Lote com: 10 unidades de ADAPTADOR VGA/HDMI - Sem uso -  Na embalagem. ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103772", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103772", " Lote com: 10 unidades de ADAPTADOR VGA/HDMI - Sem uso -  Na embalagem. ")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103776", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103776", " Lote com: 10 unidades de ADAPTADOR VGA/HDMI - Sem uso -  Na embalagem. ")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103769", "066")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103769", " Lote com: 10 unidades de ADAPTADOR VGA/HDMI - Sem uso -  Na embalagem. ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103765", "067")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103765", " Lote com: 4 unidades de MINI CPU HP MODELO HSTNC 012-NC")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103773", "068")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103773", " Lote com: 10 unidades de CABO  DVI 18 PINOS ")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>20,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103775", "069")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103775", " Lote com: 10 unidades de CABO  DVI 18 PINOS ")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>20,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103774", "070")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103774", " Lote com: 10 unidades de CABO  DVI 18 PINOS ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>20,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103777", "071")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103777", " Lote com: 10 unidades de CABO  DVI 18 PINOS ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>20,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103780", "073")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103780", " Lote com: 10 unidades de CABO  DVI 18 PINOS ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>20,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103778", "074")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103778", " Lote com: 10 unidades de CABO  DVI 18 PINOS ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>20,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103785", "074")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103785", " Lote com: 10 unidades de CABO  DVI 18 PINOS ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>20,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103779", "075")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103779", " Lote com: 10 unidades de CABO  DVI 18 PINOS ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>20,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103784", "076")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103784", " Lote com: 10 unidades de CABO  DVI 18 PINOS ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>20,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103787", "077")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103787", " Lote com: 10 unidades de CABO  DVI 18 PINOS ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>20,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103781", "078")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103781", " Lote com: 25 unidades de ADAPTADOR PARA NOTEBOOK NA CAIXA NOVOS IMPORTADO")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103788", "079")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103788", " IMPRESSORA DE ETIQUETAS ZEBRA MODELO GC 420 TM")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103790", "080")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103790", " IMPRESSORA NÃO FISCAl DIEBOLD (Branca) ")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103782", "081")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103782", " Lote com: 5 unidades de MINI CPUS NEOWARE sendo : 3 unidades (CA22) E 2 unidades (CA19)")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103783", "082")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103783", " Lote com: 3 unidades de IMPRESSORA PERTO AUTENTICADORA PRINTER NÃO FISCAL")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103789", "083")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103789", " IMPRESSORA NÃO FISCAL PERTO PRINTER 4000")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103786", "084")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103786", " Lote com: 16 unidades de IMPRESSORAS NÃO FISCAL DIEBOLD THP 200 ")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103791", "085")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103791", " Lote com: 4 unidades de IMPRESSORAS NÃO FISCAL TECPOINT THP 100 ")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103797", "087")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103797", " Lote com: 2 unidades de MODEM ROTEADOR ADSL   WIRELESS N 300 D-LINK MODELO DSL 2740 - Sem uso - Na caixa")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103792", "088")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103792", " Lote com: 2 unidades de MODEM ROTEADOR ADSL   WIRELESS N 300 D-LINK MODELO DSL 2740 Sem uso - Na caixa")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103798", "089")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103798", " Lote com: 2 unidades de MODEM ROTEADOR ADSL   WIRELESS N 300 D-LINK MODELO DSL 2740 Sem uso - Na caixa")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103796", "090")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103796", " Lote com: 2 unidades de MODEM ROTEADOR ADSL   WIRELESS N 300 D-LINK MODELO DSL 2740 Sem uso - Na caixa")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103793", "091")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103793", " Lote com: 2 unidades de MODEM ROTEADOR ADSL   WIRELESS N 300 D-LINK MODELO DSL 2740 Sem uso - Na caixa")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103794", "092")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103794", " Lote com: 2 unidades de MODEM ROTEADOR ADSL   WIRELESS N 300 D-LINK MODELO DSL 2740 Sem uso - Na caixa")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103795", "093")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103795", " Lote com: 2 unidades de MODEM ROTEADOR ADSL   WIRELESS N 300 D-LINK MODELO DSL 2740 Sem uso - Na caixa")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103801", "094")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103801", " Lote com: 2 unidades de MODEM ROTEADOR ADSL   WIRELESS N 300 D-LINK MODELO DSL 2740 Sem uso - Na caixa")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103799", "095")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103799", " Lote com: 2 unidades de MODEM ROTEADOR ADSL   WIRELESS N 300 D-LINK MODELO DSL 2740 Sem uso - Na caixa")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103807", "096")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103807", " Lote com: 2 unidades de MODEM ROTEADOR ADSL   WIRELESS N 300 D-LINK MODELO DSL 2740 Sem uso - Na caixa")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103810", "097")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103810", " ASSOPRADOR TÉRMICO YAWUN 850 - Funcionando")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103800", "098")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103800", " Lote com: 50 unidades de  Monitores - diversos  tamanhos e marcas - Para peças")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103816", "099")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103816", " Lote com: 33 unidades de MONITORES - DIVERSOS TAMANHOS E MARCAS - COM PEQUENOS DEFEITOS")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103805", "100")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103805", " Lote com: 12 unidades de PLACAS PRINCIPAIS PARA TV 55" MODELO LT 55MB508 (JVC)")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103804", "101")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103804", " Lote com: 6 unidades de PLACAS PRINCIPAIS PARA TV LED 50" MODELO LT 50MB508")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103815", "102")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103815", " Lote com: 14 unidades de LEITOR DE CÓDIGO DE BARRAS/ BOLETOS  - Tecpoint - diversos")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103826", "103")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103826", " Lote com: 8 unidades de PIN PAD PAX MODELO SP 30")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103822", "104")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103822", " Lote com: 4 unidades de FONTE SONY APS -211 CISCO /BIVOLT")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103806", "105")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103806", " Lote com: 16 unidades de CHUVEIROS HYDRA/LORENZETTI")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103802", "106")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103802", " NO BREAK /ESTABILIZADOR 2 KVA 220V MONOFÁSICO (FUNCIONANDO) - Com comandos lineares")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103808", "107")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103808", " Lote com: 2 unidades de COLETOR DE DADOS SYMBOL PDT 6846")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103803", "108")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103803", " COLETOR DE DADOS PIDION BIP 1300")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103813", "109")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103813", " Lote com: 2 unidades de LEITORES BIOMÉTRICOS CIS V-421 NC-01")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103817", "110")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103817", " DIGITAL RADIO 4X2 CLEAR WAVE 400 DIGITEL")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103812", "111")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103812", " Lote com: 3 unidades de FILTROS DÁGUA PARA PISCINA (2 KOMECO E 1 VEICO)")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103823", "112")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103823", " CENTRIFUGA 28 TUBOS PARA LABORATÓRIO BIO ENG")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103809", "113")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103809", " PAINEL PROFISSIONAL SAMSUNG MODELO IF 025H-E - Ligando")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103814", "114")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103814", " Lote com: 4 unidades de IMPRESSORAS NÃO FISCAL DIEBOLD MODELO THP 100 (BRANCA) ")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103811", "115")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103811", " Lote com: 3 unidades de SWITCHES D-LINK 24 PORTAS - (2 UNIDADES DS24A) (1 UNIDADE DS24D)")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103821", "116")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103821", " Lote com: 3 unidades SWITCHES CISCO (1 UNIDADE CISCO 1800 SERIES)( 1 UNIADADE 2960 PLUS CATHALIST)(1 UNIDADE 2800 SERIES) - testados ")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103825", "117")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103825", " Lote com: 10 unidades de TELEFONE IP CISCO MODELO 3905V02")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103819", "118")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103819", " Lote com: 10 unidades de TELEFONE IP CISCO MODELO 3905V02")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103820", "119")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103820", " Lote com: 10 unidades de TELEFONE IP CISCO MODELO 3905V02")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103818", "120")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103818", " Lote com: 4 unidades de CONTADORES DE CÉDULAS DE PAPEL DIVERSOS  - ligando")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...218 lines deleted...]
-      <c r="A19" s="5" t="inlineStr">
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103827", "121")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103827", " Lote com: 2 unidades de ELETRIFICADORAS DE GRANDE PORTE PARA CERCA RURAL ")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103828", "122")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103828", " Lote com: BALANÇAS TRU-TEST PARA GADO DE GRANDE PORTE (2 unidades - PARA PEÇAS) - 1 UNIDADE ANTENA EID TRU-TEST ( brinco bovino ) ")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103824", "123")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103824", " Lote com:  CARTÃO PONTO DIMEP (2 UNIDADES) CARTÃO CONTROL ID (3 UNIDADES) - Ligando")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103830", "124")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103830", " Lote com: 3 unidades de LEITORES DE MESA PARA CÓDIGO DE BARRAS - (2 UNIDADES DATALOGIC E 1 HONEYWELL)")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103829", "125")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103829", " lote com: 3 unidades de PARAFUSADEIRAS COM BATERIAS DIVERSAS")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="B19" s="4" t="inlineStr">
-[...718 lines deleted...]
-      <c r="E41" s="5" t="inlineStr">
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103834", "126")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103834", " Lote com: 6 unidades de LEITORES DE CÓDIGO DE BARRAS HONEYWELL DIVERSOS ")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103831", "127")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103831", " Lote com: 5 unidades de LEITORES DE MÃO PARA CÓDIGO DE BARRAS SYMBOL E ZEBRA")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103833", "128")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103833", " Lote com: 4 unidades de LEITORES DE MÃO PARA CÓDIGO DE BARRAS CIPHER-LAB MODELO 1166 ")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103832", "129")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103832", " Lote com: 2 unidades de CARTÃO PONTO INOVA 2 TASK - Ligando")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F41" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E42" s="5" t="inlineStr">
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103835", "130")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103835", " Lote com: 10 unidades de ESTAÇÃO DE SOLDA IMPORTADAS - Ligando")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103838", "131")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103838", " Lote com: 10 unidades de TECLADOS DELL DIVERSOS ")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F42" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E43" s="5" t="inlineStr">
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103837", "132")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103837", " lote com: 4 unidades de LEITORES DE CÓDIGO DE BARRAS SYMBOL PARA MESA MODELO LS 5800")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103839", "133")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103839", " ALARME COMERCIAL (ANTI FURTO) PARA LOJISTA - 2 torres ")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F43" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E44" s="5" t="inlineStr">
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103836", "134")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103836", " ALARME COMERCIAL (ANTI FURTO) PARA LOJISTA - 2 torres ")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F44" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E46" s="5" t="inlineStr">
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103700", "135")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103700", " ALARME COMERCIAL (ANTI FURTO) PARA LOJISTA - 2 torres ")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103701", "136")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103701", " ALARME COMERCIAL (ANTI FURTO) PARA LOJISTA - 2 torres ")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103706", "137")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103706", " ALARME COMERCIAL (ANTI FURTO) PARA LOJISTA - 2 torres ")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103705", "138")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103705", " ALARME COMERCIAL (ANTI FURTO) PARA LOJISTA - 2 torres ")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103704", "139")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103704", " ALARME COMERCIAL (ANTI FURTO) PARA LOJISTA - 2 torres ")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103702", "140")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103702", " ALARME COMERCIAL (ANTI FURTO) PARA LOJISTA - 2 torres ")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103709", "141")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103709", " ALARME COMERCIAL (ANTI FURTO) PARA LOJISTA - 2 torres ")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103703", "142")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103703", " ALARME COMERCIAL (ANTI FURTO) PARA LOJISTA - 2 torres ")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103712", "143")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103712", " ALARME COMERCIAL (ANTI FURTO) PARA LOJISTA - 2 torres ")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103708", "144")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103708", " ALARME COMERCIAL (ANTI FURTO) PARA LOJISTA - 2 torres ")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103728", "145")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103728", " ALARME COMERCIAL (ANTI FURTO) PARA LOJISTA - 2 torres ")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103707", "146")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103707", " ALARME COMERCIAL (ANTI FURTO) PARA LOJISTA - 2 torres ")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103711", "147")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103711", " ALARME COMERCIAL (ANTI FURTO) PARA LOJISTA - 2 torres ")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103710", "148")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103710", " ALARME COMERCIAL (ANTI FURTO) PARA LOJISTA - 2 torres ")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103713", "149")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103713", " ALARME COMERCIAL (ANTI FURTO) PARA LOJISTA - 2 torres ")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103714", "150")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103714", " ALARME COMERCIAL (ANTI FURTO) PARA LOJISTA - 2 torres ")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103717", "151")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103717", " ALARME COMERCIAL (ANTI FURTO) PARA LOJISTA - 2 torres ")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103718", "152")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103718", " ALARME COMERCIAL (ANTI FURTO) PARA LOJISTA - 2 torres ")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103721", "153")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103721", " PABX PHILIPS SOPHO ES150 - Ligando")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103715", "154")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103715", " PABX PHILIPS SOPHO ES150 - Ligando")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103716", "155")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103716", " PABX PHILIPS SOPHO ES150 - Ligando")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103719", "156")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103719", " PABX PHILIPS SOPHO ES150 - Ligando")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103722", "157")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103722", " PABX PHILIPS SOPHO ES150 - Ligando")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103720", "158")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103720", " PABX PHILIPS SOPHO ES150 - Ligando")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103724", "159")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103724", " PABX PHILIPS SOPHO ES150 - Ligando")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103723", "160")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103723", " PABX PHILIPS SOPHO ES150 - Ligando")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103725", "161")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103725", " Lote com: 8 unidades de SWITCHS 24 PORTAS INTELBRÁS MODELO SF 2400QR - funcionando")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103726", "162")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103726", " SITEMA DE GERENCIAMENTO DE VÍDEO DIGITAL AMERICAN DYNAMICS INTELLEX LT 16-CH - Ligando")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F46" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E47" s="5" t="inlineStr">
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103729", "163")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103729", " Lote com: 3 unidades de SWITCHS 24 PORTAS TP-LINK MODELO TL-SF 1024 - testados")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F47" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C48" s="4" t="inlineStr">
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103727", "164")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103727", " Lote com: 3 unidades Cisco - (1 unidade CATALYST 3560, 2 unidades  CISCO 2800 SERIES) - testados ")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104199", "165")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104199", " Lote com: 2 unidades de MODEM ROTEADOR ADSL   WIRELESS N 300 D-LINK MODELO DSL 2740 Sem uso - Na caixa")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104200", "166")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104200", " Lote com: 2 unidades de MODEM ROTEADOR ADSL   WIRELESS N 300 D-LINK MODELO DSL 2740 Sem uso - Na caixa")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104201", "167")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104201", " Lote com: 2 unidades de MODEM ROTEADOR ADSL   WIRELESS N 300 D-LINK MODELO DSL 2740 Sem uso - Na caixa")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104202", "168")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104202", " Lote com: 2 unidades de MODEM ROTEADOR ADSL   WIRELESS N 300 D-LINK MODELO DSL 2740 Sem uso - Na caixa")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104203", "169")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104203", " Lote com: 2 unidades de MODEM ROTEADOR ADSL   WIRELESS N 300 D-LINK MODELO DSL 2740 Sem uso - Na caixa")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104204", "170")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104204", "ZTE odu modelo E200 15 g com antena direcional")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104205", "171")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104205", "Lote com: 10 unidades TECLADO POSITIVO SK6620")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104206", "172")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104206", "Lote com: 10 unidades TECLADO POSITIVO SK6620")</f>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104207", "173")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104207", "Lote com: 10 unidades TECLADO POSITIVO SK6620")</f>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104208", "174")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104208", "Lote com: 10 unidades TECLADO POSITIVO SK6620")</f>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104209", "175")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104209", "Lote com: 10 unidades TECLADO POSITIVO SK6620")</f>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104210", "176")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104210", "Lote com: 10 unidades TECLADO POSITIVO SK6620")</f>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104211", "177")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104211", "Lote com: 10 unidades TECLADO POSITIVO SK6620")</f>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104212", "178")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104212", "Lote com: 10 unidades TECLADO POSITIVO SK6620")</f>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104213", "179")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104213", "Lote com: 10 unidades TECLADO POSITIVO SK6620")</f>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D184" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104214", "180")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104214", "Lote com: 5 unidades TECLADO POSITIVO SK9022A")</f>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F185" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104215", "181")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104215", "Lote com: 5 unidades TECLADO POSITIVO SK9022A")</f>
+      </c>
+      <c r="C186" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D186" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F186" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104216", "182")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104216", "Lote com: 5 unidades TECLADO POSITIVO SK9022A")</f>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D187" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F187" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104217", "183")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104217", "Lote com: 5 unidades TECLADO POSITIVO SK9022A")</f>
+      </c>
+      <c r="C188" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D188" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F188" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104218", "184")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104218", "Lote com: 5 unidades TECLADO POSITIVO SK9022A")</f>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D189" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F189" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104219", "185")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104219", "Lote com: 15 unidades TECLADO LENOVO MODELO KU 0989 ")</f>
+      </c>
+      <c r="C190" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D190" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F190" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104220", "186")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104220", "Impressora de fotos EPSON VICTUREMATTE PM 225 - LIGANDO - SEM CARTUCHO")</f>
+      </c>
+      <c r="C191" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D48" s="4" t="inlineStr">
+      <c r="D191" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E48" s="5" t="inlineStr">
-[...255 lines deleted...]
-      <c r="E56" s="5" t="inlineStr">
+      <c r="E191" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F56" s="4" t="inlineStr">
-[...4318 lines deleted...]
-      </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
-      <c r="A192" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105048", "187")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105048", "Lote com: 2 uni. Mini Cpu e 1 uni. All-in-one - Funcionando com pequenas avarias.")</f>
       </c>
       <c r="C192" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D192" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>