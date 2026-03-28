--- v0 (2025-11-13)
+++ v1 (2026-03-28)
@@ -269,3131 +269,2743 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104221", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104221", " Empilhadeira linde ag 35 motor Perkins ano 2002")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104222", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104222", " Empilhadeira Clark dpy 25 motor Q20B")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104230", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104230", " Empilhadeira clark 7T motor Q20B")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104229", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104229", "Caminhão  Mb 1513 ano 1983 -  Guindaste villares acoplado ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>57.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104228", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104228", "Caminhão  Mercedes Benz 1418 - 1994 (ex Exército Brasileiro)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104227", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104227", " Sucata de iveco 2004 motor funcionando - Sem direito a documento ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104238", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104238", "Caminhão Volkswagen Constellation 15-190 ano 2012 (Atenção: média monta duas transferências)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>53.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104231", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104231", " Empilhadeira Toyota 10T motor Mercedes")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104235", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104235", " Caminhão fossa Mb 1513 1975 - parou funcionando")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104240", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104240", "Caminhão  Ford cargo 1722 ano 2007 caçamba basculante funcionando")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104239", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104239", " Caminhão Volvo nl12 400 1992 6x4 ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104226", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104226", " Caminhão Mercedes Benz 1218r ano 2001 (faltando peças)")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104223", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104223", " Caminhão Mercedes Benz 1113 ano 1973 - tanque de combustível")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104225", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104225", " Caminhão Mercedes Benz 1614 ano 1992 - reduzido, no chassi")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104232", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104232", " Caminhão Ford cargo 1517 ano 2006 - barulho no motor")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104234", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104234", " Caminhão Mercedes Benz 2318 ano 1991 -  parou funcionando")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104236", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104236", " Caminhão Volvo nl10 ano 1987 6x4 - parou funcionando")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104233", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104233", " Caminhão Mercedes Benz 1620 ano 2006 caçamba basculante (motor,caixa e diferencial no lugar, faltando algumas peças pequenas)")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104237", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104237", " Caminhão Mercedes Benz 1620 ano 2006 caçamba basculante (motor,caixa e diferencial no lugar, faltando algumas peças pequenas)")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104241", "023")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104241", " Caminhão Mercedes Benz 710 2002 (faltando diferencial, Munck não acompanha)")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104243", "025")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104243", " Plataforma reboque com guincho caçador")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104242", "027")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104242", " Trator mf 290 - funcionando, faltando rodas traseiras ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104244", "028")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104244", " Toyota Hilux 2001 4x4 funcionando")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104245", "029")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104245", " Ônibus iveco 2011 motor da partida e engrena")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104248", "031")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104248", " Mercedes Benz 1113 1977 azul tanque funcionando")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104246", "032")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104246", " Mercedes Benz 1113 1973 amarelo no chassi")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104253", "034")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104253", " Toyota Hilux srx vermelha 19/19")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>195.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104250", "035")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104250", " Toyota Hilux srx prata 20/20")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>211.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104249", "036")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104249", " Toyota Hilux SW4 srx preta 19/20")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>256.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104247", "037")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104247", " Caminhão Volkswagen 26280 ano 2012  Munck 60 2,3/63 IMAP")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>373.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104261", "038")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104261", " Caminhão Mercedes Bens 1318 ano 2007 Munck 12 masal")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104264", "039")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104264", " Caminhão Mercedes Bens 1620 ano 2011 tanque 10.000 litros")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>135.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104255", "040")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104255", " Caminhão Volkswagen worker 8-120 2008 prancha")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>85.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104252", "041")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104252", " Caminhão Ford cargo 6332 ano 2009 guindaste madal palfinger md300l")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>355.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>5000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104257", "042")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104257", " Caminhão Ford cargo cavalo mecânico 1932 ano 2011")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>145.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104260", "043")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104260", " Caminhão Mercedes Benz 1418 4x4 bombeiro")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>115.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104263", "044")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104263", " Caminhão Volkswagen 24250 ano 2011 (apenas o caminhão)")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>410.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104258", "045")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104258", " Caminhão Ford cargo 2628 ano 2012 Munck 49 Luna")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>395.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104262", "046")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104262", " Caminhão Ford cargo 4532 - toco 2010")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>175.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104251", "047")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104251", " Caminhão Mercedes Benz 710 2003 Munck madal palfinger 6500")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104259", "048")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104259", " Guindaste tadano (somente equipamento guindaste)")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104266", "049")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104266", " Caminhão Ford cargo 6332 2009/10 - poliguindaste")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>190.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104254", "050")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104254", " Ônibus Mercedes Benz 2005")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104265", "051")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104265", " Kia mohave 2009 prata - (Atenção: Necessário Duas transferências)")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104256", "052")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104256", " Kia mohave 2010 prata - (Atenção: Necessário Duas Transferências) ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104267", "053")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104267", " Kia mohave 2009 cinza - (Atenção: Necessário Duas transferências)")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104272", "054")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104272", " Kia mohave 2008 prata - (Atenção: Necessário Duas transferências)")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104280", "055")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104280", " Ônibus Volkswagen - 2007")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104279", "056")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104279", " Caminhão Ford cargo 1722 ano 2003")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>135.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104274", "057")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104274", " Caminhão Mercedes Benz 1218r 2002")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104275", "058")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104275", " Ônibus Mercedes-Benz")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104394", "059")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104394", " Ford cargo 1622 tanque ano 2000(duas transferências)")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104276", "060")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104276", " Caminhão Mercedes Bens 1620 2001 tanque - Não acompanha carreta ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104268", "061")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104268", " Caminhão Mercedes Bens 1113 poliguindaste")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104278", "062")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104278", " Komatsu pc 200 2013")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>200.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104277", "063")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104277", " New Holland lb 90 2009/2010")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104271", "064")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104271", " Agrale 4100 4x2 funcionando")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>9.250,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104269", "065")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104269", " Caminhão Ford cargo 2629 ano 2014 Munck 83600 líder")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>500.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>5000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104393", "066")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104393", " Mitsubishi l200 4x4 GL 2.5 LD diesel Ano 2009/2010 - (duas transferências)")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104270", "067")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104270", " Dodge Ram 2500 Laramie 2011")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104273", "068")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104273", " Civic si 2008 - Atenção : Necessário 2 transferências")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104281", "069")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104281", " Britador de mandíbulas duplo QUEIXADA 400 RI, 3 saídas")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>5000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104282", "070")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104282", " Sucata F250 Sem direito a documento")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104392", "071")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104392", " Plataforma elevatória xcmg GXS08")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104395", "072")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104395", " Civic si 2007/2008")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104401", "073")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104401", " Munck hidrauguincho caminhão 3/4")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104399", "074")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104399", " Tanque inox 10.000 litros")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104408", "075")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104408", " Tanque inox 15.000 litros pintado de preto ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104396", "076")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104396", " Compactador de lixo rollon Grimaldi")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104406", "077")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104406", " Munck 3750")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104397", "078")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104397", " Compactador de lixo poli")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104404", "079")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104404", " Poliguindaste simples azul")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104398", "080")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104398", " Poliguindaste simples amarelo")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104425", "081")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104425", " Poliguindaste simples amarelo azul ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104407", "082")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104407", " Caixa d’agua")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104413", "083")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104413", " Caixa d’agua")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104402", "084")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104402", " Caixa d’agua")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104411", "085")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104411", " Toyota Hilux CD SRV 2002/2003 4x2")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104416", "086")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104416", " Ônibus iveco city class 2013")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104414", "087")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104414", " Retroescavadeira Massey Ferguson 2013")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>69.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104405", "088")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104405", " Retroescavadeira Massey Ferguson 2012")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>68.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104403", "089")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104403", " Trator Massey Ferguson 292 ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>64.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104410", "091")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104410", " Escavadeira komatsu pc 200 2007")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104412", "092")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104412", " Pá carregadeira komatsu WA200 2011")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>152.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104400", "093")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104400", " Massey Ferguson 265")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104422", "094")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104422", " Munck guindauto Luna 17505BR")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>77.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104409", "095")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104409", " Munck masal ")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>71.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104424", "096")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104424", " Caminhão Mercedes Bens 1719 2017 ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>61.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104419", "097")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104419", " Caminhão Scania ")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104418", "098")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104418", " Caminhão Atego 1418")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104417", "102")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104417", " Baleeira 8 metros")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104423", "103")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104423", " Baleeira 8 metros ")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104415", "104")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104415", " Baleeira 11 metros ")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104427", "105")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104427", " Baleeira 11 metros ")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...1006 lines deleted...]
-      <c r="E46" s="5" t="inlineStr">
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104420", "107")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104420", " Caminhão Ford Cargo 1519 2014")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>89.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104426", "108")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104426", " Caminhão Ford Cargo 2429 2013")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
         <is>
           <t>115.000,00</t>
         </is>
       </c>
-      <c r="F46" s="4" t="inlineStr">
-[...1918 lines deleted...]
-      </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104421", "109")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104421", " Caminhão Volkswagem Worker 17190 2012")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>85.000,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>