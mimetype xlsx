--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,2171 +269,1903 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106808", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106808", "Lote de Marcenaria completa - 8 itens ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104820", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104820", "Linha de produção de biodiesel completa - desmontada - sem uso (anexo no descritivo de itens) - ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104843", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104843", " Equipamentos de padaria e cozinha industrial ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104808", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104808", " Redutor de velocidade com carretel para cabo de aço capacidade 5 toneladas")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104806", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104806", " Máquina de gravação Puncionadeira PPW-25 - Completa - Com manual. Para gravação de metais cnc")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104805", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104805", " Moinho de tinta")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104807", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104807", " Lote com: 3 unidades de torre de refrigeração Antpol ESR")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104811", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104811", " Prensa hidráulica para borracha - Luxor com capacidade para 60 toneladas - Com aquecimento ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104810", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104810", " Fresadora para engrenagem de produção")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104821", "015")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104821", "Lote com: 8 unid. máquina de fazer café , 1 unid. processador de alimentos e 1 unid. masseira gpaniz")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104809", "021")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104809", " Ferramentas para corte de prensas excêntricas")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104812", "023")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104812", " Aquecedor indutivo para soldar ferramentas politron")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104819", "026")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104819", "Lote com: 8 unidades de reservatório de 200 litros de pp ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104818", "028")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104818", "Solda projeção simonek 100 Kva")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104815", "032")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104815", " Cabeçote fresador para fresa vigorelli fua300 ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104817", "034")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104817", " Bomba de vácuo ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104814", "035")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104814", " Máquina para pesar medir cubagem de caixas")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104816", "039")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104816", " Solda ponto suspensa de 40 Kva")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104824", "041")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104824", " Lote com: 2 bombas de vácuo ibran 4 e 7,5 cv ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104825", "053")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104825", " Politriz ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104829", "054")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104829", " Filtro prensa para óleo")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104826", "056")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104826", " Lote com: 9 bancadas de ferro - reforçado")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104827", "060")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104827", " Esteira de aço inox ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104828", "064")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104828", " Lixadeira de cinta dupla")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104835", "067")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104835", " Impressora 3D Dwos")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104830", "069")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104830", " Máquina para solda fita de serra")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104834", "070")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104834", " Esmeril Jowa 1,5cv")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104833", "071")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104833", " Lote com: 2 talhas manual para 5 toneladas com troller")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104831", "074")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104831", " Lote com:  6 uni. seladoras para lona plastica haramura")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104832", "075")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104832", " Motor elétrico 15 cv 4 polos Weg")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104836", "076")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104836", " Máquina de solda alta frequência politron ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104837", "077")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104837", " Lote com: 2 aspirador de pó industrial - Novo japão - 4Cv")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104841", "079")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104841", " Prensa excentrica com freio fricção com nr12 -  80 toneladas -  Schule")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104838", "080")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104838", " Prensa excentrica freio fricção - 85 toneladas marca Super Victor - com nr12")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104842", "083")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104842", " Máquina de corte e vinco automático ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104840", "086")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104840", " Máquina para encher bichinho de pelúcia")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104861", "087")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104861", " Torre de resfriamento")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104862", "088")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104862", " Compressor de ar - 40 pés")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104857", "090")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104857", " Furadeira de coluna Krone KM 40 ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104853", "091")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104853", " Retífica cilíndrica Vigoreli")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104858", "092")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104858", " Prensa hidráulica elétrica - 100 toneladas")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104848", "093")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104848", " Misturador de inox - 900 litros")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104844", "094")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104844", " Perfiladeira - 8 castelos")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104859", "095")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104859", " Plaina limadora - 400mm")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104846", "096")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104846", " Puncionadora para chapas")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104847", "097")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104847", " Picotador de plástico Sagec - 160mm")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104855", "098")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104855", " retífica cilíndrica Mello Uns2")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...52 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104851", "099")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104851", " Estufa para pintura à gás")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104845", "100")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104845", " Serra de fita vertical Invicta - 800mm")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104849", "102")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104849", " Lote com: 9 Máquinas de costura industrial - 2 cortadores de tecido - fechadura e pesponpadeira")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104852", "103")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104852", " Fresadora universal iso 30")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104850", "104")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104850", " Estufa elétrica para plástico")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104854", "105")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104854", " Banco de baterias com 32 unidades de baterias")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104856", "106")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104856", " Misturador de cola em inox ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104860", "108")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104860", " Ferramentas de injeção e estamparia para fabricação de chaves de fenda philips - fábrica Facito")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104868", "109")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104868", " Misturador de aço Inox - 1.000 litros")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104870", "110")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104870", " Misturador de aço Inox - Com vibração - 1.000 litros")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104872", "111")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104872", " Fresadora Chaveteira")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104867", "112")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104867", " Lote com: 3 unidades de prensas Excêntricas - Sendo 2 unidades de 12 ton. E 1 unidade de 15 ton.")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104875", "113")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104875", " Prensa Excêntrica - 8 ton.")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104876", "114")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104876", " Retifica cilíndrica vigoreli")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104869", "115")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104869", " Prensa estampo para esquadria matriztec")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104878", "116")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104878", " Tesoura rotativa")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104874", "117")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104874", " Lote com: 6 unidades de bombas para combustível")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...250 lines deleted...]
-      <c r="E22" s="5" t="inlineStr">
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104877", "118")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104877", " Lote com: 2 unidades de aspirador de pó novo Japão -  3 cv")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
-[...1694 lines deleted...]
-      </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104871", "119")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104871", " Bomba de vácuo compressor radial  - 15 cv")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104873", "120")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104873", " Lote com: 2 unidades de furadeiras múltiplas ")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>