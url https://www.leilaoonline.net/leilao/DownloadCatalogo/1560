--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,4027 +269,3527 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103372", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103372", "RETROESCAVADEIRA FIATALLIS; ANO 1994")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103370", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103370", "5 PÁS CARREGADEIRA, VOLVO L90F, CAT 962 G e 962 H")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>72</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>185.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104452", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104452", "PÁ CARREGADEIRA W7 E; SEM IDENTIFICAÇÃO DE ANO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103371", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103371", "veja o vídeo!! COLHEDORA 35/20; ANO 2011 - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>53.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103375", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103375", "VALMET 885; TRAÇADO; COM CARREGADEIRA DE CANA E LENHA; BOCA GIRATÓRIA; ANO 1990")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>64.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103378", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103378", "VW/KOMBI PICK UP; 1979/1980; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>12.750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104341", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104341", "IMP/GM SILVERADO; 1997/1997; BRANCA; DIESEL; TURBO - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103374", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103374", "VW/VW FUSCA 1300; 1973/1973; MARROM; GASOLINA ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104449", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104449", "CAMINHÃO M. BENZ L 1518; 1987/1987; BRANCA; DIESEL; TURBINADO, HIDRÁULICO E REDUZIDO - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>94</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>56.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103377", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103377", "CAMINHÃO 7110; 1990/1990; CINZA; DIESEL; TURBINADO, PLATAFORMA, REDUTOR E ASA DELTA - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>81</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>52.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104342", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104342", "MIA/MITSUBISHI L200 4X2; 1995/1995; PRATA; DIESEL; COM RÁDIO AMADOR - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104468", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104468", "CAMINHÃO MERCEDES BENZ/L 1618; 1994/1994; VERMELHA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>78</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>91.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104510", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104510", "TRATOR MASSEY FERGUSSON; MODELO 55X; ANO 1971 - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103384", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103384", "TRATOR MASSEY FERGUSSON 265; ORIGINAL; ANO APROXIMADO 1978")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103393", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103393", "TRATOR MASSEY FERGUSSON 275; ANO 93; 3 ALAVANCAS")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>93</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>50.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104509", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104509", "TRATOR MASSEY FERGUSSON 250; ANO 1976 - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103391", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103391", "TRATOR FORD 5610; ANO 1986; DIREÇÃO ELETROSTÁTICA - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>65</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103385", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103385", "TRATOR FORD 8830; ANO 2000; TRAÇADO; HIDRÁULICO TRASEIRO; TOMADA DE FORÇA - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>75.250,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103388", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103388", "TRATOR MASSEY FERGUSSON 65X; ANO 69/70")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103381", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103381", "TRATOR FORD 8830; ANO 1998; TRAÇADO; SEM O BARRAMENTO HIDRÁULICO - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>57.250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103392", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103392", "TRATOR MASSEY FERGUSSON 65X; ANO 73; 3 MARCHAS")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103389", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103389", "TRATOR VALMET MODELO 68; ANO 1982 - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103386", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103386", "TRATOR FORD MAJOR; SEM ANO DE IDENTIFICAÇÃO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103387", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103387", "TRATOR MASSEY FERGUSSON 65X; ANO 1967")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>11.750,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103390", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103390", "TRATOR FORD 6600; ANO 1978 - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103383", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103383", "TRATOR VALMET 60 ID.; COM ROÇADEIRA; ANO 1970")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>20.250,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104450", "029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104450", "TRATOR VALMET 600D; ANO 1968")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>12.250,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103382", "030")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103382", "TRATOR VALMET 62 ID.; CAFEEIRO; ANO 76")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103395", "031")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103395", "TRATOR CBT 8440; COM DIREÇÃO HIDRÁULICA; ANO 1986")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104431", "032")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104431", "MICRO TRATOR; ANO 2011; COM PARTIDA ELÉTRICA; MODELO ZT 15 CV; DIESEL; MARCA KAWASHIMA - FUNCIONANDO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103397", "033")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103397", "TRATOR VALMET 60 ID.; ANO 1970")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>14.250,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104340", "034")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104340", "TRATOR CBT; SEM ANO DE IDENTIFICAÇÃO; MOTOR MERCEDES")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>9.800,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103402", "035")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103402", "MASSEY FERGUSSON 65X; ANO 73 - FUNCIONANDO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103404", "036")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103404", "TRATOR VALMET; ANO 82 - FUNCIONANDO")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104451", "037")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104451", "CBT 2600; ANO 1984; TRAÇADO; DIREÇÃO HIDRÁULICA; COM COMPRESSOR DE AR PARA ENCHER CILINDROS DE COMANDO; HIDRÁULICO COM PISTÃO - FUNCIONANDO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>43.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103394", "039")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103394", "TRATOR VALMET 60 ID.; ANO 71")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103399", "040")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103399", "MASSEY FERGUSSON 65X; ANO 1973; EIXO QUADRADO - FUNCIONANDO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104333", "041")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104333", "SUBSOLADOR 7 HASTES")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103403", "042")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103403", "MOTOR DE IRRIGAÇÃO; MWM 222; BOMBA WK 100/5 - FUNCIONANDO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104334", "043")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104334", "GRADE ARADORA ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103406", "044")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103406", "GRADE ARADORA DE ARRASTO 14 X 28 POLEGADAS; ANO 2021; ESPESSAMENTO 27CM")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>7.750,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103396", "045")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103396", "ARADO DE QUADRO; 2 DISCOS")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104335", "046")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104335", "veja o vídeo!! PULVERIZADOR JACTO; 800L; BARRAS DE 14M DE CONTROLE REMOTO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103400", "047")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103400", "ESCARIFICADOR; 5 HASTES; LARGO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>3.700,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103401", "048")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103401", "GRADE ARADORA; 20 DISCOS X 26; TRANSPORTE NO HIDRÁULICO")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>2.350,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103405", "049")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103405", "GRADE ARADORA; 14 DISCOS X 26")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103409", "050")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103409", "RECOLHEDORA DE FEIJÃO; MARCA MIAC")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103408", "051")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103408", "IMPLEMENTOS (2 SUBSOLADORES DE 1 HASTE; 1 DISCADOR DE 2 RUAS; 1 DESFIBRADEIRA SEM MOTORR")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103414", "052")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103414", "LOTE COM APROX. 13.300 GALÕES DE 10L (LANCE POR UNIDADE)")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>1.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103415", "053")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103415", "APROX. 42 TONELADAS TRILHO TR57 VENDA POR KILO (TAM. VARIADOS)")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104336", "054")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104336", "TANQUE DE ÁGUA DE 2000L")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>2.350,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104337", "055")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104337", "PULVERIZADOR MARCA FMC DE 500L")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>5.200,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104339", "056")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104339", "PLATAFORMA DE CORTE DE COLHEDEIRA MASSEY FERGUSSON 3640 DE 16 PÉS")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103407", "057")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103407", "veja o vídeo!! GERADOR DE 375 KVA MOTOR ESCANIA - FUNCIONANDO")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>1150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103413", "058")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103413", "MOTOR LIEBHERR DA ESCAVADEIRA; 6 CILINDROS; ANO 2000; COMPLETO")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103410", "060")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103410", "BRITADOR CONE; 120 TS; DESMONTADO")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103412", "061")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103412", "4 BOMBAS DE 400 CV CADA")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103411", "062")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103411", "PENEIRA VIBRATÓRIA DE 6M DE COMPRIMENTO POR 2.40 DE LARGURA; 3 DC")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>42.500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103416", "063")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103416", "CAIXA D'ÁGUA  SEM USO; MEDIDAS DE 15 COMPRIMENTOS POR 3.50 LARGURA; PARA 100 MIL LITROS")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>119</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103421", "064")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103421", "LAVADEIRA INDUSTRIAL COMPLETA")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>12.250,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103417", "065")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103417", "COMPRESSOR TRIFÁSICO")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103418", "067")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103418", "MOTO-FREIO WEG 30HP W22")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>7.400,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103419", "068")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103419", "MOTOR 5HP 8 POLOS 800RPM 220V/380V/440V")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103420", "069")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103420", "MOTOR 5HP 8 POLOS 800RPM 220V/380V/440V")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103422", "070")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103422", "MOTO-FREIO WEG 30HP WMINING PREMIUM")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>8.900,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103423", "071")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103423", "MOTO-FREIO WEG 30HP ALTO PLUS RENDIMENTO")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>7.400,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103429", "072")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103429", "MOTOR 75HP 1700RPM")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>7.300,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103424", "074")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103424", "MOTOR WEG 40HP 1700RPM WMINING PREMIUM")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>7.400,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103425", "075")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103425", "REDUTOR DE VELOCIDADE PTI FALK 100HP/160HP - RED. 1:42")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103428", "076")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103428", "REDUTOR DE VELOCIDADE PTI FALK 60/103HP - RED. 1:26")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103426", "077")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103426", "REDUTOR DE VELOCIDADE PTI FALK 100HP/160HP - RED. 1:42")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103427", "078")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103427", "REDUTOR DE VELOCIDADE PTI FALK 40HP/74,5HP - RED. 1:25")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103434", "079")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103434", "REDUTOR DE VELOCIDADE PTI FALK 25HP - RED. 1:37")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103435", "080")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103435", "REDUTOR DE VELOCIDADE PTI FALK 100HP/157HP - RED. 1:21")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103436", "081")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103436", "MOTORREDUTOR PTI FALK 25HP MOTOR WEG W22")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103430", "082")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103430", "BAÚ PARA CAMINHÃO TOCO")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103432", "083")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103432", "JETBOOD 5 LUGARES, ANO 2013 ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>64</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>80.750,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103431", "084")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103431", "LOTE COM 5 IMPLEMENTOS E OUTROS (INFORMAÇÕES NAS ESPECIFICAÇÕES)")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103433", "139")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103433", "LOTE COM 4 CABINES DE COLHEDEIRAS 3520")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103437", "140")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103437", "UMA CABINE DE COLHEDEIRA 3520")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103438", "141")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103438", "UMA CABINE DE COLHEDEIRA 3520")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103439", "142")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103439", "UMA CABINE DE COLHEDEIRA 3520")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103440", "143")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103440", "UMA CABINE DE COLHEDEIRA 3520")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103441", "176")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103441", "8 PISTÕES MEDIDAS DIVERSAS")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103442", "177")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103442", "1 LAVADORA DE PEÇAS INDUSTRIAL SUBRA")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103443", "178")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103443", "4 BOMBAS ABS TIPO AF 550-8W3 - 75 HP 60 HZ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103444", "179")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103444", "15 BOMBAS FLYGT (VER PLAQUETA NA FOTO)")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103445", "180")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103445", "5 BOMBAS KSB TIPO KRTK 350 - 420 / 806 UG 112HP")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103446", "181")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103446", "9 BOMBAS FLYGT (VER PLAQUETA NA FOTO)")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103447", "183")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103447", "EMPILHADEIRA A GÁS YALE")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103448", "223")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103448", "(LT123) UNIDADE CONDENSADORA GREE + EVAPORADORA • 41.000 BTU")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103449", "224")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103449", "(LT124) UNIDADE CONDENSADORA GREE + EVAPORADORA • 41.000 BTU")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103450", "225")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103450", "(LT125) UNIDADE CONDENSADORA GREE + EVAPORADORA • 41.000 BTU")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103451", "226")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103451", "(LT126) UNIDADE CONDENSADORA GREE + EVAPORADORA • 41.000 BTU")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103452", "227")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103452", "(LT127) UNIDADE CONDENSADORA GREE + EVAPORADORA • 41.000 BTU")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103453", "228")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103453", "(LT128) UNIDADE CONDENSADORA GREE + EVAPORADORA • 41.000 BTU")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103454", "229")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103454", "(LT129) UNIDADE CONDENSADORA GREE + EVAPORADORA • 41.000 BTU")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103455", "230")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103455", "(LT130) UNIDADE CONDENSADORA GREE + EVAPORADORA • 41.000 BTU")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103456", "231")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103456", "(LT131) UNIDADE CONDENSADORA FUJITSU + EVAPORADORA • 12.000 BTU")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103457", "232")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103457", "(LT132) UNIDADE CONDENSADORA FUJITSU + EVAPORADORA • 12.000 BTU")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103458", "233")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103458", "(LT133) UNIDADE CONDENSADORA FUJITSU + EVAPORADORA • 12.000 BTU")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103459", "234")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103459", "(LT134) UNIDADE CONDENSADORA SPRINGER CARRIER + EVAPORADORA • 90.000 BTU")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103461", "235")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103461", "(LT130A) TRANSFORMADOR")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103462", "237")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103462", "(LT137) SECADORECOAIR MOD ED100")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103463", "238")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103463", "(LT138) CORTINA DE AR GREE")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103464", "239")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103464", "(LT139) COMPRESSOR ATLAS COPCO")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103465", "240")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103465", "(LT140) COMPRESSOR ATLAS COPCO")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103460", "241")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103460", "RACK FURAKAWA RACK ABERTO ENTERPRISE 45U")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103466", "262")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103466", "LOTE 08 - CARRETA REBOQUE 4 PNEUS COM 2 BANHEIROS QUÍMICOS MÓVEIS MASCULINO E FEMININO; C/ ÁRMARIO DE FERRO E CAIXA D'ÁGUA INÓX")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103467", "264")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103467", "LOTE 13 - SILO DE MILHO")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103471", "265")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103471", "LOTE 23 - 2 CONCHAS (BOCA PARA TRATOR)")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103472", "266")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103472", "LOTE 24 - MÁQUINA ASFALTICA SA37S")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103473", "267")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103473", "LOTE 25 - MÁQUINA POCLAIN (ELETROÍMÃ NÃO FAZ PARTE DO LOTE)")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103474", "280")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103474", "LOTE 26 - CARRINHOS ABERTOS E FECHADOS")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104866", "281")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104866", "LOTE 14 - 200 BARRAS DE PVC; IRRIGAÇÃO COMPLETA")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103469", "282")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103469", "LOTE 16 - UNIDADE DE REFRIGERAÇÃO CÂMARA FRIA")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103468", "283")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103468", "LOTE 15 - UNIDADE DE REFRIGERAÇÃO CÂMARA FRIA")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103470", "285")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103470", "LOTE 17 - TRATOR 50X; FALTANDO PEÇAS")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103476", "287")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103476", "LOTE 06 - ADUBADEIRA COM SULCADOR")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104864", "288")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104864", "LOTE 02 - PÁ TRASEIRA; MARCA PICIM")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103478", "290")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103478", "LOTE 27 - ROÇADEIRA HIDRÁULICA")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103475", "291")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103475", "LOTE 05 - ROÇADEIRA ROTATIVA COM PNEU")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...480 lines deleted...]
-      <c r="A29" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104863", "292")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104863", "LOTE 01 - LÂMINA TRASEIRA; MARCA TATU")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="B29" s="4" t="inlineStr">
-[...627 lines deleted...]
-      <c r="F48" s="4" t="inlineStr">
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-[...121 lines deleted...]
-      <c r="F52" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103477", "296")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103477", "LOTE 22 - SERRA MADEIRA")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-[...2622 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104865", "297")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104865", "LOTE 12 - TRITURADOR")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>