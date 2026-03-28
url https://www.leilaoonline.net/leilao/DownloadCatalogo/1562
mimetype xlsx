--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,4091 +269,3583 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104888", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104888", " Motoniveladora Caterpillar Modelo 120B")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>25.200,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104924", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104924", " 2 Bombas d'água Hero modelo 250SH150")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104930", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104930", " 2 Geradores de Solda Bambozzi 40 a 375 Amp e Gerador de energia")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104891", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104891", " 2 Motores eletricos 10CV General Electric")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104908", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104908", " Radiador Novo Duplo")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>4.600,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104918", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104918", " Radiador Rolo Ammann ASC 100")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104912", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104912", " Radiador Escavadeira Fiat Allis FH200")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104932", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104932", " Radiador Pa Carregadeira Caterpillar 950F")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104931", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104931", " Radiador Pa Carregadeira Caterpillar 950G")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104923", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104923", " Radiador Pa Carregadeira Caterpillar 962G ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104905", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104905", " Radiador Escavadeira FX215")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104907", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104907", " Radiador Escavadeira Cat 320BL")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104892", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104892", " Radiador Escavadeira Komatsu PC600")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104933", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104933", " Comando Final Trator de Esteira Komatsu D65")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104916", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104916", " Comando Final Trator de Esteira Komatsu D61EX Lado esquerdo")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>17.800,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104929", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104929", "[ VÍDEO ] Motor de Translação Escavadeira Caterpillar 330")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104910", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104910", " Motor de Translação Escavadeira Caterpillar 312BL. Sem engrenagens de Redução")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104934", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104934", " Motor de Translação Escavadeira FH220")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104935", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104935", " Motor de Giro Escavadeira JCB JS 330")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104919", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104919", " Motor de Giro Escavadeira Caterpillar 336")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104901", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104901", " Motor de Giro Escavadeira Caterpillar 315BL")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104909", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104909", " Eixo Diferencial Traseiro Pa Carregadeira 966H sem pinhão central")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104889", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104889", " Pistão Hidraulico D8L")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104899", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104899", " Radiador Escavadeira Volco EC460BLC")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104911", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104911", "[ VÍDEO ] Transmissão Pá carregadeira Caterpillar 962G sem bomba e grupo de Válvula")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104904", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104904", "[ VÍDEO ] Trasmissão Trator de Esteira Caterpillar D5B")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>7.600,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104925", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104925", "[ VÍDEOS ] Transmissão Trator de Esteira D8N")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104898", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104898", "[ VÍDEO ] Transmissão Pá Carregadeira Caterpillar 950F")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>5.400,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104913", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104913", "[ VÍDEO ] Transmissão Trator de Esteira D6M")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104903", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104903", " Transmissão Trator de Esteira Komatsu D61EX")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104897", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104897", "[ VÍDEO ] Radiador Completo Escavadeira Hyundai R220")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>5.550,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104894", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104894", "[ VÍDEO ] Roletes diversos para transportadoras")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104920", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104920", "[ VÍDEO ] 23 Bancos duplos para Onibus")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104896", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104896", " Diversas pecas para maquinas Operatrizes")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104900", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104900", " Peças Diversas ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104917", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104917", " Valvula Guilhotina, motores de indução e pecas diversas")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104927", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104927", " Valvulas diversas")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104902", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104902", "[ VÍDEO ] 2 Patolas Estabilizadoras com Pistões Retro escavadeira Hyundai H930C")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104895", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104895", "[ VÍDEO ] Unidade Hidráulica ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104922", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104922", " Valvulas saparadora de alimentos industrial")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104921", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104921", "[ VÍDEO ] 1 Motobomba de alta pressão e 1 macaco Chicão")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104893", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104893", " Conversor de Torque Caterpillar D8")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104928", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104928", "[ VÍDEO ] Aprox. 200 correias diversas")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104906", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104906", "[ VÍDEO ] Roletes Trator de Esteira D6R. 3 Superiores 6 Inferiores duplos e 4 inferiores simples")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104915", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104915", "[ VÍDEO ] Comando Hidráulico Escavadeira Hyundai R380")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104890", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104890", " Tanques GLP e Ar Comprimidos")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104914", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104914", " Redutores e Rocas Sem fim")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104948", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104948", " 2 Cabecotes de Fresa e diversas pecas operatrizes")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104926", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104926", " Pistões Hidraulicos e Pneumatios, macacos hidraulicos e rondanas")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104946", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104946", " Redutores e Motores")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104938", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104938", " 2 Redutores e 1 Unidade Hidraulica")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E61" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F61" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104939", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104939", " Queimador e motor eletrico")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104943", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104943", " Diversos materiais para solda")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104941", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104941", " 70 Condensadores de Ar Condicionado")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104945", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104945", " Valvulas Diversas")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104942", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104942", " Medidores de temperatura Termopar Industrial")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104947", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104947", " Medidores de Vazão")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104944", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104944", " Material para içamento")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104937", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104937", " Valvulas diversas")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104936", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104936", " Equipamentos Diversos ( Serras, Fogao e catracas)")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104940", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104940", " 2 Pistões levante escavadeira Caterpillar 312BL")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104998", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104998", " [ VÍDEO ] 2 Rodas Mini carregadeira Bob Cat")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104999", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104999", " 2 Rodas Retroescavadeira Hyundai ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104978", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104978", " 2 Rodas Retroescavadeira Moviter")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104979", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104979", " 2 Rodas Pá Carregadeira Hyundai 17,5 x 25")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104986", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104986", " 2 Rodas 23,5x 25")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105001", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105001", " 2 Rodas 18.00x34")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104980", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104980", " Bloco Motor Scania 111")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104993", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104993", " Buchas Diversas")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105005", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105005", " H Articulador da Escavadeira Volvo EC 700")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104991", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104991", " Pinos e links da Concha Escavadeira Volvo EC700")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104985", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104985", " 6 unidade de Roletes inferiores da Escavadeira Volvo EC460")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105004", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105004", " Mesa de Giro retroescavadeira Case 580L")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104992", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104992", " Cabine Case 888 CKE")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104988", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104988", " Peçaas para caminhões, filtro refrigeração e outros")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104995", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104995", " Pistão de Caçamba Escavadeira Volvo EC700")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104997", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104997", " 2 unidades de Eixo morto Trator de Esteira Komatsu D61")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105002", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105002", "[ VÍDEO ] Termosolda FM75 com estufa de Manutencao Carbografite")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104996", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104996", " 19 unidades de Roletes Escavadeira Caterpillar 324D")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104981", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104981", " 2 molas tensoras, 1 Guia, 06 roletes inferiores Escavadeira Case 888 CKE")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104989", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104989", " Banco Escavadeira JCB")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104982", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104982", " 2 Tanques de Combustivel XCMG")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104984", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104984", "[ VÍDEO ] 2 Pistões de Levante da Escavadeira Hyundai R500")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105000", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105000", "[ VÍDEO ] Pacotes de Freio com eixo Trator de Esteira Caterpillar D6")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104990", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104990", "[ VÍDEO ] Comando Hidráulico Pá Carregadeira Hyundai HL 760")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104987", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104987", " 10 unidades de Pneus 8,25X12 com Rodas")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104983", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104983", " 2 Pneus 1600X24 com Rodas")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104994", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104994", "[ VÍDEO ] 2 Pistões Motoscraper Caterpillar 621")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105003", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105003", "[ VÍDEO ] 2 Pistões de Giro Retroescavadeira Case 580H")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105006", "090")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105006", "[ VÍDEO ] Motor Perkins 6 Cillindros com caixa Clark")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105056", "091")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105056", "Pá Carregadeira Yadong. Ano 2010. Caçamba 1 m³")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104886", "099")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104886", " Retroescavadeira Massey Ferguson. Mod. MF86 HD")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104887", "100")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104887", " Empilhadeira Linde H40D ano 2005  (669)")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104488", "101")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104488", " Lâmina Trator de Esteira Caterpillar D6D")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104489", "102")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104489", " Caçamba Pá Carregadeira Hyundai HL 770")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104490", "103")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104490", " Caçamba Escavadeira Hyundai R500 ")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104493", "104")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104493", " Motor Cummins Serie C ")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104491", "105")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104491", " Concha Escavadeira Liebherr 942 com H e Link")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104495", "106")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104495", " Concha Escavadeira Hyundai R360")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104494", "107")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104494", " Caçamba Pá Carregadeira Liebherr L580")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104496", "108")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104496", " Caçamba Pá Carregadeira Komatsu WA320")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104497", "109")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104497", "[ VÍDEO ] Comando Final Trator de Esteira Caterpillar D6M")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>8.200,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104503", "110")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104503", "[ VÍDEO ] Transmissão Automática ZF")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104504", "111")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104504", " Mini Carregadeira Caterpillar Mod 226B (1245) sem motor e bombas")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104498", "112")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104498", " Mini Carregadeira Caterpillar Mod 226B (1248) sem motor e bombas")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104502", "113")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104502", " Motor Volvo Modelo D7 ")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104501", "114")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104501", " Motor Cummins SmallCam")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104505", "115")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104505", " Motor Mercedes OM352 Parcial")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...42 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104500", "116")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104500", "[ VÍDEO ] Talha com corrente e garra de içamento")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="A16" s="5" t="inlineStr">
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104499", "117")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104499", " Empilhadeira Linde H40D. Ano 2010  (667)")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>15.800,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104506", "118")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104506", " Lâmina Trator de Esteira Komatsu D61")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104474", "119")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104474", "[ VÍDEO ] Eixo dianteiro JCB 456 Serial 3.31342.3")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104472", "120")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104472", "[ VÍDEO ] Transmissão SP 8000 e Conversor de Torque ")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104473", "121")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104473", "[ VÍDEO ] Transmissão Carrara p/ Retroescavadeira 4x2 sem grupo de válvulas")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104475", "122")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104475", " Cabine Motoniveladora Caterpillar modelo 120G com vidros")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104476", "123")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104476", "[ VÍDEO ] Redutor de Giro Escavadeira Caterpillar 320BL com motor")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104477", "124")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104477", "[ VÍDEO ] Transmissão Pá Carregadeira SEM modelo 659C")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104478", "125")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104478", "[ VÍDEO ] Redutor de Translação com motor  Escavadeira Fiat Allis FX215 com roda motriz")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="B16" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104479", "126")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104479", " Eixo traseiro Pá Carregadeira Liebherr L580")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104480", "127")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104480", "[ VÍDEO ] Ripper para trator de esteira Komatsu D61")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>11.250,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104487", "128")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104487", "[ VÍDEO ] Transmissão Pá Carregadeira Caterpillar 950G")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104481", "129")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104481", "[ VÍDEO ] Carretinha de arraste ")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104484", "130")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104484", "Cabine Escavadeira JCB JS200 e JS330. Com vidros. Vazia")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104485", "131")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104485", "[ VÍDEO ] Cabine Pá Carregadeira Liebherr L580")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104482", "133")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104482", "[ VÍDEO ] Cabine Pá Carregadeira JCB 456 ZX")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104486", "134")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104486", " Bomba Hidráulica Escavadeira Caterpillar 336 234-4638")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...2751 lines deleted...]
-      <c r="F102" s="4" t="inlineStr">
+      <c r="F136" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-[...1086 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105489", "135")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105489", "[ VÍDEO ] Ripper Trator de Esteira Caterpillar D6")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>