--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,187 +269,167 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103847", "068")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103847", " CHASSI CAMINHÃO, MBB 709 ANO/MOD.: 1989/1990 - SUCATA SEM DOCUMENTOS . NO ESTADO.  PLACA:  GPZ 6158 CHASSI:  9BM688101KB863277 OBS: somente empresas de DESMANCHE CADASTRADAS NO DETRAN PODEM PARTICIPAR")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103848", "089")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103848", " CHASSI CAMINHÃO, FORD/CARGO 815 RHINUS800, ANO/ MOD: 2003. -  SUCATA SEM DOCUMENTOS. NO ESTADO.  PLACA:  NFE 5J80 RENAVAM:  00813129060. CHASSI:  9BFV2UHG53BB22878 OBS: somente empresas de DESMANCHE CADASTRADAS NO DETRAN PODEM PARTICIPAR")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>13.250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103851", "090")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103851", " CHASSI CAMINHÃO, MB 710, ANO/MOD: 2001. NO ESTADO.  PLACA:  GVP9A63 RENAVAM:  00760605394. CHASSI:  9BM6881561B267008 OBS: regularização da documentação será por responsabilidade do comprador.")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103850", "091")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103850", " CHASSI CAMINHÃO, MB 712 C, ANO/MOD: 1999. NO ESTADO.  PLACA:  GXH7211 RENAVAM:  00720357381. CHASSI:  9BM688255XB200991 OBS: regularização da documentação será por responsabilidade do comprador.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103849", "092")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103849", " CHASSI CAMINHÃO, MB 710, ANO/MOD: 2000. NO ESTADO.  PLACA:  GVP7B73 RENAVAM:  00736327711. CHASSI:  9BM688156YB220560 OBS: regularização da documentação será por responsabilidade do comprador.")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>