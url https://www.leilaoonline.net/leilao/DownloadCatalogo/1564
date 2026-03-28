--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,315 +269,279 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104338", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104338", "Aproximadamente 7 toneladas de cabos de cobre com capa. - Cabos entre 1 mm² e 400mm². - LANCE POR KG.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>279</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>205.100,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104464", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104464", "Lote com: aproximadamente 10 a 12 toneladas de big bag para usar como matéria prima")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104465", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104465", "Aproximadamente 2.5ton. de sucata de cobre - Lances por KG")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>296</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>78.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104466", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104466", "Lote com: 3 bobinas de fio de alumínio com cobertura de algodão - peso estimado 50 Kg - Lance por lote")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104467", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104467", "Lote com: 35 peças de 4 metros de Barramentos blindados para ponte rolante, sendo o externo de alumínio e contendo 4 barramentos de cobre internos.")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104469", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104469", "Lote com:   80 peças de Bobinas de madeira")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104470", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104470", "Lote com: 3 peças de Chaves a óleo para banco de capacitor ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104471", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104471", "Chaves NH diversas")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="B17" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...30 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104492", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104492", "SUCATA - Omega CD 2000/2000 - Sem direito a documento ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>