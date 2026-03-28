--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,1467 +269,1287 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105008", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105008", " Sub-Estação Elétrica, com 6 disjuntores. “Tokio Shibaura Eletric CO. LTD. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105007", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105007", " Cristalizador de açúcar, totalmente construído em aço inoxidável. SEM acionamento. Capacidade volumétrica 2,40m X 3,00m X 4,70m. Perda volumétrica aproximada de 15%")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105010", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105010", " Silo vibratório com diâmetro de 2m X 3m de altura, inteiramente construído em aço inoxidável.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105012", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105012", " Exaustor com motor Weg 20 cv - 1 Unidade")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105013", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105013", " Exaustor com motor Weg 20 cv - 1 Unidade")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105023", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105023", " Exaustor com motor Weg 20 cv - 1 Unidade")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105024", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105024", " Exaustor com motor Weg 20 cv - 1 Unidade")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105018", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105018", " Talha elétrica “Kone” - completa. Capacidade 10 Ton")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105014", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105014", "  Talha elétrica “Kone” - SEM acionamento. Capacidade 10 Ton")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105015", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105015", " Talha Pneumática “Yale Hoists”")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105011", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105011", " Fresa Heller - Bandeira (curso) 650. Motor 25HP")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105025", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105025", " Fresa Heller - Bandeira (curso) 650. Motor 25HP")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105009", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105009", "Chiller “F&amp;R Cooling LTD” - England - Serpentina em cobre. ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105021", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105021", " Gerador Mausa de 1.500 KVA. Inclui o redutor.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>250.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105017", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105017", " Fresa Cincinnati - com motor de 2 velocidades.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105019", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105019", " Motor Weg flangeado de 100 cv")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105016", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105016", " Ventilador com ventoinha sem acionamento elétrico - 1 unidade ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105020", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105020", " Ventilador com ventoinha sem acionamento elétrico - 1 unidade ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105022", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105022", " Ventilador com ventoinha sem acionamento elétrico - 1 unidade ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105026", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105026", " Lote com: 22 unidades de Cantoneiras mão francesa de 3.5” X 1/4”.  -  1,40 metros cada. ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105028", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105028", " Escada 5 degraus com altura de 1m, Pisante de 1,10m X 0,80m.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105027", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105027", " Escada amarela de 5m de comprimento - Pisantes de 1,10m X 2,50m")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105030", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105030", " Escada amarela de 7,10m de comprimento - Pisantes de 0,80m X 2,50m")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105032", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105032", " Escada montada com 1,35m de altura, com piso superior de 1m X 1m e 7 degraus. ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105031", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105031", " Guarda corpo desmontado - 21 metros lineares de estrutura tubular com diâmetro de 1 ½”")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105029", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105029", " Master Cort   - Serra de fita com comando Hidráulico. Capacidade de corte de 800 X 800 mm. Comprimento da serra 8900 mm X 2". Sistema de refrigeração à água ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105033", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105033", " Mesa elevatória  eletro-hidráulica ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105039", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105039", " Mezanino  - vigas brancas. 2,80 X 3,80m.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105036", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105036", " Mezanino - vigas amarelas. 3,30 X 5,50.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105034", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105034", " Mezanino  - vigas amarela / pretas. 3,20 X 4,90.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105038", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105038", " Mezanino  - vigas verdes. 3,40 X 3,70m.")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105035", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105035", " Mezanino  - vigas brancas.  4,90X 6,20m.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105041", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105041", " Motor flangeado Búfalo de 30 cv")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105037", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105037", " Redutor 1/40 eixo de saída diâmetro 110mm X 800 de altura  X 1000mm de comprimento ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105040", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105040", " Unidade Hidráulica com motor de 30cv - 390 Volts - Bomba hidráulica de 120lb- 80 Ton. ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105042", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105042", " Lote com: Dois redutores  "Red-Var" de 1 : 20 - motor Arno de 7,5 cv - entrada 1740rpm - saída 87 rpm")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105045", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105045", " Torno Faciador - Furadeira "Toyoda Koki" - ano de fabricação 2.000. -")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105044", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105044", " Unidade Hidráulica vermelha com motor WEG 5 cv - 380 Volts - comando hidráulico de 70 bar - 40 Ton")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105046", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105046", " Redutor 1/50 - eixo de 1" com motor hidráulico. Redutor 250 mm X 300 mm X 140mm")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105043", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105043", " Motor Weg de 2 hp com variador de velocidade. Variação de 400 a 2000rpm")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108619", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108619", "Plantadeira 2 linhas ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108620", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108620", "Imã Oximag")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...543 lines deleted...]
-      <c r="F30" s="4" t="inlineStr">
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108621", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108621", "Lote com: 7 unidades de polias ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-[...25 lines deleted...]
-      <c r="F31" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108622", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108622", "Lote com: 7 unidades de chapa de aço.")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-[...734 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108623", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108623", "Martelo sem acionamento ")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>