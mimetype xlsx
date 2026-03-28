--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,603 +269,531 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105690", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105690", " Cavalo mecanico MB 1933 - Toco ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105691", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105691", " Carreta Facchini - 1 eixo - 4 pneus")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105700", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105700", " Tanque Diesel - 15.000 Litros")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105707", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105707", " VW Jetta TSI - 2014 ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105695", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105695", " Caçamba de Amarok - 1 Unidade")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105693", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105693", " Lote com: Par de Teares Jaquard para Felpa - Sulzer F2001 - 1998 - Acompanha máquina de jarquard")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105706", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105706", " Lote com: Par de Teares Jaquard para Felpa - Sulzer F2001 - 1998 - Acompanha máquina de jarquard")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105708", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105708", " Lote com: Par de Teares Jaquard para Felpa - Sulzer F2001 - 1998 - Acompanha máquina de jarquard")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105702", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105702", " Lote com: Par de Teares Jaquard para Felpa - Sulzer F2001 - 1998 - Acompanha máquina de jarquard")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105696", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105696", " Lote com: Par de Teares Jaquard para Felpa - Sulzer F2001 - 1998 - Acompanha máquina de jarquard")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105698", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105698", " Lote com: Par de Teares Jaquard para Felpa - Sulzer F2001 - 1998 - Acompanha máquina de jarquard")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105697", "201")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105697", " HR 2014 - Baú Isolado de fibra por dentro - 3 x 1.8 x 2.1 m - 140.000km ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105694", "202")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105694", " Capo de caminhão MB")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105703", "203")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105703", " Capota de Ford Pampa")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105701", "204")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105701", " Baú Slider - 5.10 x 2.25 x 2.75 - Assoalho chapeado anti derrapante - Batido - Longarina, travessa e assoalho em bom estado")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105699", "205")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105699", " Baú de Fibra - 2.70 x 1.70 x 1.10 ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105704", "206")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105704", " Baú de alumínio - 7.70 x 2.60 x 2.65 - Assoalho compensado naval")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...478 lines deleted...]
-      </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105709", "207")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105709", " Pá Carregadeira MF 65 R - Motor feito 2020 - desmontado - Peças da montagem acompanham o lote ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>