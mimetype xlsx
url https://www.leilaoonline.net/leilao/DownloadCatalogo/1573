--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,4123 +269,3611 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108078", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108078", " Plataforma de Elevação")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>47.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108077", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108077", " Talha elétrica ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108079", "005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108079", " Capinadeira industrial")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108110", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108110", " [Vídeo] Torno Nardini Comendador")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108106", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108106", " Desengrosso")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108094", "009")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108094", " Prensa de lixo - Roll-on")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108096", "010")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108096", " Máquina de Solda")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108102", "011")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108102", " Ponteadeira ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108108", "012")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108108", " Máquina de Solda e Geradora ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108104", "013")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108104", " Máquina de Solda ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108083", "014")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108083", " Máquina de Solda")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108107", "015")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108107", " Máquina de Solda ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108081", "016")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108081", " [ Vídeo ] Caminhão 24.220 2009/2010 - Roll-on ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>147.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108090", "017")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108090", " Bomba")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108086", "018")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108086", " Lote com: Aproximadamente 1.500kg de Tubo - Lances por KG")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2,50</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>0.25</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108098", "019")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108098", " Perfuratriz para pedreira")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108111", "020")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108111", " Painel de Inox")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108114", "021")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108114", " Tanque de Diesel e gasolina")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108105", "022")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108105", " Caçamba Rosseti")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108095", "023")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108095", " Tanque de Aproximadamente 4 mil litros")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108084", "024")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108084", " Retífica")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108103", "026")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108103", " Talha ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108080", "027")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108080", " Redutor")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108113", "028")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108113", " Gerador")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108093", "029")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108093", " Guincho de Obra")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108087", "030")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108087", " Gerador")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108112", "031")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108112", " Gerador")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108099", "032")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108099", " Exaustor")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108088", "034")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108088", " Prensa")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108092", "035")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108092", " Sucata de Prensa")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108082", "036")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108082", " Conjunto Hidráulico")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108089", "037")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108089", " Furadeira antiga")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108091", "038")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108091", " Redutor triturador")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108085", "039")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108085", " Bomba com motor")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108097", "040")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108097", " Guincho para Jeep")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108109", "041")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108109", " Unidade Hidráulica - Motor 7,5 cv")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108101", "042")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108101", " Bomba de lavar carro")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108115", "043")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108115", " Diferencial Iveco")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108117", "044")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108117", " Sucatas de motor de barco")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108116", "045")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108116", " Jogo de roda")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108119", "046")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108119", " Jogo de roda")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108121", "047")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108121", " Máquina de costura industrial")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108118", "048")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108118", " Máquina de costura ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108120", "049")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108120", " Máquina de costura")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108125", "050")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108125", " Máquina de costura")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108122", "051")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108122", " Lote com: 4 unidades de Tanque de caminhão")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108127", "052")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108127", " Sucata de Motor 447")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108128", "053")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108128", " Caixa ZF")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108123", "054")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108123", " sucata de Motor Mercedes")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108126", "055")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108126", " Caixa de Hilux")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108129", "056")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108129", " Caixa ZF")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108124", "057")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108124", " sucata de Motor Perkins - 3 Cilindros")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108132", "058")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108132", " Caixa de F350")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108131", "059")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108131", " Caixa Mercedes")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108136", "060")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108136", " Caixa 608")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108135", "061")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108135", " Caixa ZF")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108130", "062")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108130", " Caixa")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108134", "063")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108134", " Corpinho diferencial")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108133", "064")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108133", " Caixa Satélite")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108150", "065")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108150", " Lote com: Conjunto de roda  - Iveco")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108142", "066")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108142", " Lote com: 15 Caixas plásticas")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108137", "067")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108137", " Vibrador industrial - Apróx. 200Kg")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108145", "068")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108145", " Bomba Inox")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108138", "069")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108138", " Bomba Inox")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108151", "070")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108151", " Lote com: 5 Pistões pneumáticos")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108146", "071")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108146", " Talha 5 toneladas")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108141", "072")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108141", " Talha 5 toneladas - sem uso ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108144", "073")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108144", " Paleteira")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108140", "074")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108140", " Equipamento Roll-on - G25")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>36.500,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108143", "075")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108143", " Lote com: Aproximadamente 40 unidades de caneta Maçarico ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108147", "076")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108147", " Motor WEG 50cv baixa")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108149", "077")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108149", " Cabine para aranha  ou maquinas")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108152", "078")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108152", " Cabine para maquina")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108139", "079")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108139", " Lote com: Aproximadamente 30 unidades de Mancais - diversos tamanhos")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108148", "080")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108148", " Arado")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108169", "082")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108169", " Lote com: Aproximadamente 30 unidades de cinta para Munck")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108172", "083")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108172", " Martelete")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108173", "084")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108173", " Lote com: Aproximadamente 50 unidades de chaves")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108157", "085")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108157", " Lote com: 5 unidades de Lavadoras e secadoras industriais")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108175", "086")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108175", " Peneira rotativa")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108177", "087")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108177", " Martelete ")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108160", "088")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108160", " Martelete")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108156", "089")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108156", " Lote com: 9 unidades de Ventilador Industrial")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108180", "090")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108180", " [Vídeo] Retro Volvo BL-70b  2013 - 4x4 bloqueio - cabinada com ar condicionado")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108159", "091")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108159", " Peneira vibratória industrial ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108154", "092")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108154", " [vídeo] Escavadeira Volvo")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>57.500,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108164", "093")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108164", " Prensa")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108161", "094")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108161", " Caminhão MB 1935 - 1990/1991 - Funcionando")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108162", "095")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108162", " [Veja vídeo] Trator de esteira - Fiat 4 cilindros")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108183", "096")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108183", " [vídeo] Pá carregadeira Cat 922 - 4 cilindros")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108165", "097")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108165", "[Vídeo] -  Motoniveladora Patrol Cat 120B - 6 cilindros ")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108155", "098")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108155", " Moinho martelo - Motor 20cv")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108181", "099")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108181", " Sucata de empilhadeira podendo faltar peças valor")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108167", "100")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108167", " Gerador cat 50 kva cabinado")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108182", "101")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108182", " Britador de mandíbula - abertura da boca de aproximadamente 30 x 15")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108178", "102")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108178", " Furadeira De bancada Radial")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108184", "103")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108184", " Gerador -  aproximadamente 200 kva - motor cummins")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108170", "104")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108170", " Gerador 250/275 kva  motor mwm v12 ")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108171", "105")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108171", " Britador de mandíbula - 30x20 ")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108176", "106")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108176", "  [vídeo] Empilhadeira clark 2,5 ton diesel")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108163", "107")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108163", " Retroescavadeira cat 2003 4x2 (acompanha bomba injetora) ")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108174", "108")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108174", " [Veja vídeo] Gerador cat 50 kva cabinado - ")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108166", "109")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108166", " Grua Munck - Guindauto - 2010 - ECO mod. 10.000 - Duas lanças Hidráulicas  - Para reaproveitamento")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108185", "110")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108185", " Moto CRF 230 ")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108168", "111")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108168", " Lote com: 4 pneus de trilha com roda - 31 x 10.5 R15")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108179", "112")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108179", "  Lote com: 4 pneus de trilha 33x12 R15 ")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108158", "113")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108158", " Empilhadeira AUSA - cap. de carga aproximadamente 1300kg - ")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108271", "114")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108271", "Moinho martelo - motor 20cv - Com controlador de velocidade  - Para reaproveitamento")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108415", "115")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108415", "Redutor - 3 eixos - Para reaproveitamento")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108416", "116")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108416", "Ventoinha de inox - Para reaproveitamento")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108750", "118")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108750", "Lote com: 50 unidades de chaves ")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108751", "119")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108751", "Pá carregadeira Caterpillar 924G - 2003")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108748", "120")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108748", "Motor Mercedes 366 - funcionando  - Para reaproveitamento")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108747", "121")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108747", " Eixo dianteiro Mercedes - freio a ar, - 10 furos.  - Para reaproveitamento")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108746", "122")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108746", "Diferencial Mercedes 1114, - freio a ar -  10 furos - Para reaproveitamento")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108745", "123")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108745", "Caixa Mercedes - ano aproximado 1989 - Para reaproveitamento")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108744", "124")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108744", "Grua Munck - Guindauto 2010 ECO - mod. 10.000 - duas lanças hidráulicas -")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...15 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108749", "125")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108749", "Lote com: 50 unidades de chaves ")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108752", "126")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108752", "Caminhão Scania 124 P-420 - 2007/2008 - ATENÇÃO : SEM MOTOR - 2 transferências ")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109378", "127")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109378", "[Vídeo] - Torno mecânico imor - 2,50 de barramento")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109381", "128")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109381", "[Vídeo] - Empilhadeira Hyster Modelo H150j  Capacidade 7 toneladas ")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109382", "129")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109382", "Empilhadeira hyster H80j Capacidade 4 toneladas ")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>34.500,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109417", "130")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109417", "Carrinho Basculante")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109418", "131")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109418", "Empilhadeira  Clark CMP50SD Capacidade 5 toneladas ano 2009")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>89</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>67.500,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109664", "132")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109664", " Patrol/ motoniveladora cat 120B motor 6 cilindros")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109665", "133")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109665", "Tupia superior invicta ru50 . Atenção - retirar em Ribeirão Pires")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...25 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109666", "134")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109666", "Empilhadeira Hyster - XL80 Diesel Motor Maxiun")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>43.500,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...3870 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109667", "135")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109667", " Rolo compactador  Dynapac cg 11")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>