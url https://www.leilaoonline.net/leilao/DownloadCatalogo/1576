--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,347 +269,307 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104765", "24009")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104765", "CAMINHÃO AXOR 3344 S 6X4 - FROTA 52782  - ANO: 2010/ 2010 - LOC. SERRANA/ SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104766", "24010")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104766", "CAMINHÃO VW 26-280 CRM 6X4 - 59718 - FROTA  - ANO: 2012/2013 - LOC. SERRANA/ SP")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>89</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>199.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104763", "24011")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104763", "CAMINHÃO AXOR 3344 S 6X4 - FROTA  59701 - ANO: 2009/ 2009 - LOC. SERRANA/ SP")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>123.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104762", "24012")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104762", "CAMINHÃO AXOR 3344 S 6X4 - FROTA 59256 - ANO: 2009/ 2009 - LOC. SERRANA/ SP")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104761", "24013")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104761", "CAMINHÃO AXOR 3344 S 6X4 - FROTA 59703 - ANO: 2009/ 2009 - LOC. SERRANA/ SP")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>123.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104760", "24014")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104760", "CAMINHÃO AXOR 3344 S 6X4 - FROTA 59260 - ANO: 2009/ 2009 - LOC. SERRANA/ SP")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>119.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104767", "24015")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104767", "CAMINHÃO M. BENZ LS 2635 6X4 - FROTA  26882 - ANO: 1995/1995 - LOC. SERRANA/ SP")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>76.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104768", "24016")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104768", "CAMINHÃO AXOR 3344 S 6X4 - FROTA  59257 - ANO: 2009/ 2009 - LOC. SERRANA/ SP")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>119.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104764", "24017")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104764", "CAMINHÃO AXOR 3344 S 6X4 - FROTA  52780 - ANO: 2010/ 2010 - LOC. SERRANA/ SP")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>141.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104759", "24018")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/104759", "CAMINHÃO AXOR 3344 S 6X4 - FROTA 59263 - ANO: 2009/ 2009 - LOC. SERRANA/ SP")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>119.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>