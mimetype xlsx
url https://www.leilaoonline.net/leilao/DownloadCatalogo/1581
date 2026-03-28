--- v0 (2025-11-13)
+++ v1 (2026-03-28)
@@ -269,4603 +269,4031 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106165", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106165", " Motoniveladora Caterpillar Modelo 120B")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>29.750,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106171", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106171", " Radiador Escavadeira Fiat Allis FH200")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106174", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106174", " Radiador Pá Carregadeira Caterpillar 950G")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106169", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106169", " Radiador Escavadeira FX215")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106170", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106170", " Radiador Escavadeira Cat 320BL")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106175", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106175", " Comando Final Trator de Esteira Komatsu D65")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>8.400,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106176", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106176", " Motor de Translação Escavadeira FH220")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106172", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106172", " Motor de Giro Escavadeira Caterpillar 336")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106167", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106167", " Radiador Escavadeira Volco EC460BLC")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>3.600,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106173", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106173", "[ VÍDEOS ] Transmissão Trator de Esteira D8N")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106166", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106166", "[ VÍDEO ] Transmissão Pá Carregadeira Caterpillar 950F")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106168", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106168", " Transmissão Trator de Esteira Komatsu D61EX")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106177", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106177", " 2 Rodas Retroescavadeira Moviter")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106179", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106179", " 2 Rodas 18.00x34")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106178", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106178", "[ VÍDEO ] Pacotes de Freio com eixo Trator de Esteira Caterpillar D6")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106159", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106159", " Caçamba Escavadeira Hyundai R500 ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>6.200,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106160", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106160", " Concha Escavadeira Liebherr 942 com H e Link")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>4.400,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106162", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106162", " Concha Escavadeira Hyundai R360")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106161", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106161", " Caçamba Pá Carregadeira Liebherr L580")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106164", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106164", " Mini Carregadeira Caterpillar Mod 226B (1245) sem motor e bombas")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106163", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106163", " Motor Volvo Modelo D7 ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106153", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106153", "[ VÍDEO ] Eixo dianteiro JCB 456 Serial 3.31342.3")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106152", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106152", "[ VÍDEO ] Transmissão Carrara p/ Retroescavadeira 4x2 sem grupo de válvulas")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106154", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106154", " Cabine Motoniveladora Caterpillar modelo 120G com vidros")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106155", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106155", "[ VÍDEO ] Transmissão Pá Carregadeira SEM modelo 659C")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106156", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106156", " Eixo traseiro Pá Carregadeira Liebherr L580")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106158", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106158", "Cabine Escavadeira JCB JS200 e JS330. Com vidros. Vazia")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106157", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106157", "[ VÍDEO ] Cabine Pá Carregadeira JCB 456 ZX")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106358", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106358", " Transmissão Pa Carregadeira Caterpillar 941")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106360", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106360", " Motor Cummins Serie C")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106361", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106361", " Diferencial traseiro Pá Carregadeira Caterpillar 950G")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106366", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106366", "[ VÍDEO ] Transmissão Retro Escavadeira Caterpillar 416E")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106370", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106370", "[ VÍDEO ] Motor Parcial IVECO ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106375", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106375", "[ VÍDEO ] Caixa de Cambio ZF S6 105")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106372", "036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106372", "[ VÍDEO ] Motor Cummins Série C Eletrônico parcial")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106374", "037")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106374", "[ VÍDEO ] Motor Scania 111")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106384", "038")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106384", "[ VÍDEO ] Radiador Perkins c Aftercooler (sem uso)")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106368", "039")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106368", "[ VÍDEO ] Radiador Sem uso c aftercooler")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106363", "040")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106363", "[ VÍDEO ] Radiador Sem Uso c aftercooler")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106362", "041")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106362", "[ VÍDEO ] Diferencial traseiro Pá Carregadeira Caterpillar 966C")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106371", "042")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106371", " Bloco do Motor Caterpillar 3066")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106380", "043")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106380", " Motor Cummins Serie B 6 cilindros")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106369", "044")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106369", "[ VÍDEO ] Transmissão Pá Carregadeira Caterpillar 938G sem comando de válvulas")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106378", "045")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106378", "[ VÍDEO ] Carcaça da Transmissão Motoniveladora Caterpillar 140H")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106385", "046")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106385", "[ VÍDEO ] Bomba Hidráulica Escavadeira JCB JS330")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106364", "047")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106364", "[ VÍDEO ] Bomba Hidráulica Sundstrand P23")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106386", "048")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106386", "[ VÍDEO ] Bomba Hidraulica Sundstrand P23")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106387", "049")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106387", " Bomba Hidráulica Pá Caregadeira Komatsu WA320")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106367", "050")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106367", "[ VÍDEO ] Bomba Hidráulica Escavadeira Hyundai R500")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106377", "051")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106377", "[ VÍDEO ] Bomba Hidráulica Empilhadeira Linde")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106376", "052")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106376", " Cabine Pá Carregadeira Hyundai HL740-7")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106359", "053")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106359", "03 turbinas Caterpillar")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106365", "054")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106365", "03 Turbinas Caterpillar")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106381", "055")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106381", " Transmissão com motores hidráulicos Pá Caregadeira Liebherr L580")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106379", "056")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106379", "Kit de Peças de engrenagem Caterpillar 955")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106383", "057")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106383", " Transmissão Automatica")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106373", "058")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106373", "[ VÍDEO ] Aproximado 40 Buchas Liebherr")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106388", "059")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106388", " Transmissão Funk 12.000 para Rolos Compactadores de Pneus")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106389", "060")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106389", " Caixa ZF para Mercedes Benz")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106390", "061")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106390", "Motor MWM D225-6 Parcial")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106391", "062")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106391", "[ VÍDEO ] Transmissão Allisson MT643R")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106393", "063")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106393", "[ VÍDEO ] Comando Hidráulico Motoniveladora Caterpillar 12H")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106392", "064")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106392", "[ VÍDEO ] Comando Hidráulico Escavadeira Volvo EC460")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106397", "065")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106397", "[ VÍDEO ] Comando Hidráulico Escavadeira Caterpillar 336D")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106401", "066")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106401", "[ VÍDEO ] Comando hidráulico Trator de Esteira Komatsu D65")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106396", "067")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106396", "[ VÍDEO ] 02 unidades de Eixo morto Trator de Esteira Caterpillar D6")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106394", "068")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106394", "[ VÍDEO ] Conjunto de Articulação Escavadeira Volvo EC 700 H, pinos e bielas")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106398", "069")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106398", "[ VÍDEO ] Retro Massey Ferguson MF86HD braços, mesa, pistões e comando")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106395", "070")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106395", "[ VÍDEO ] Comando Final D8L")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106403", "071")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106403", "[ VÍDEO ] Comando Hidráulico Empilhadeira Hyundai HDF 70-7S")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106399", "072")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106399", "[ VÍDEO ] Comando Hidráulico dianteiro Retroescavadeira Caterpillar 416C")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106400", "073")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106400", "[ VÍDEO ] Comando Hidráulico Traseiro Retroescavadeira Caterpillar 416C")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106405", "074")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106405", " Comando direcional Trator de Esteira Caterpillar D8L")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106402", "075")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106402", "[ VÍDEO ] Comando Hidráulico para Retroescavadeiras")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106404", "076")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106404", "[ VÍDEO ] PTO para motor V8")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106407", "077")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106407", "[ VÍDEO ] Comando Hidráulico 3 sessões modelo 752F")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106406", "078")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106406", "[ VÍDEO ] Comando Hidráulico 2 sessões")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106408", "079")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106408", "[ VÍDEO ] Comando Hidráulico Pá Carregadeira Caterpillar 938G")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106410", "080")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106410", " Comando Hidraulico para retroescavadeiras 4 Sessões")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106409", "081")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106409", "[ VÍDEO ] Diferencial dianteiro Pá Carregadeira Caterpillar 950/ 962H")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106413", "082")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106413", "[ VÍDEO ] Virabrequim motor Caterpillar 3406 STD")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106416", "083")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106416", " Caixa de Cambio Scania")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106412", "084")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106412", " Caixa de Cambio Scania com bomba 2546")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106417", "085")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106417", " Bloco do Motor Caterpillar 3306")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106411", "086")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106411", " Bloco do Motor Caterpillar 3304")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106420", "087")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106420", " Bloco do Motor Caterpillar Trator de esteira D8K")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108047", "088")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108047", "[ VÍDEO ] Bloco do Motor Caterpillar 3406")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106415", "090")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106415", "[ VÍDEO ] KIT de engrenagens do Comando Final Trator de Esteira Caterpillar D8K")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106418", "091")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106418", "[ VÍDEO ] 02 Rodas Motriz Escavadeira Hyundai R220")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106425", "092")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106425", "[ VÍDEO ] Bomba Hidráulica Mini Carregadeira New Holland L170")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106421", "093")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106421", "[ VÍDEO ] 02 Rodas Motriz Escavadeira Caterpillar 320")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106424", "094")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106424", "[ VÍDEO ] 02 Rodas Motriz Escavadeira Komatsu PC200")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106429", "095")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106429", "[ VÍDEO ] 02 Rodas Motriz Escavadeira Volvo EC240")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106423", "096")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106423", "[ VÍDEO ] Redutor de Giro Escavadeira Caterpillar 320BL")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106427", "097")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106427", "[ VÍDEO ] Redutor de Giro Escavadeira Caterpillar 336D")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106426", "098")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106426", "[ VÍDEO ] 05 unidades de Swivel (Junta giratória) de escavadeiras Komatsu, Hyundai e Volvo")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106428", "099")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106428", "[ VÍDEO ] Bomba Hidráulica Escavadeira Liebherr 942C")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106422", "100")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106422", "[ VÍDEO ] Redutor de Translação Escavadeira Case 888")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106701", "101")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106701", " [ VÍDEO ]Motor MWM 229- 6 Cilindros")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106698", "102")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106698", "[ VÍDEO ] Máscara Frontal Trator de Esteira Caterpillar D6 com 2 pistões")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106689", "103")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106689", "[ VÍDEO ] 06 unidades de Silenciosos Diversos")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106687", "104")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106687", "[ VÍDEO ] Peças Diversas Escavadeira Caterpillar 225")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106692", "105")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106692", "[ VÍDEOS ] Tanque Contin 15.400 litros")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106686", "106")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106686", "[ VÍDEO ] 02 Articuladores de giro de Retroescavadeira (Cara de Cavalo)")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A16" s="5" t="inlineStr">
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106700", "107")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106700", " Transmissão Motoscrapeer Caterpillar 621A")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106697", "108")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106697", "[ VÍDEO ] Redutor de Giro Escavadeira Volvo EC200")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106684", "109")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106684", " Cabine De Escavadeira Volvo")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106682", "110")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106682", " Cabine Escavadeira Caterpillar 320D")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106683", "111")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106683", " Roda Guia Trator de Esteira Caterpillar D6")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106685", "112")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106685", " 02 Pneus Firestone Compactador 11.00x20")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="B16" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106693", "113")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106693", " 02 Pneus Firestone Compactador 11.00x20")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106695", "114")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106695", " Roda Guia Trator de Esteira Caterpillar D6")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106696", "115")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106696", " Roda Pá Carregadeira Caterpillar 966H")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106688", "116")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106688", " 02 Cornetas com Carrier da Pá Carregadeira Komatsu WA320")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106702", "117")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106702", " Transmissão Motoniveladora Caterpillar 120G")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106703", "118")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106703", " Planetaria da Motoniveladora Caterpillar 120G")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106704", "119")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106704", " Transmissão Automática Rolo Compactador XCMG")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106705", "120")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106705", "[ VÍDEOS ] Transmissão Trator de Esteira Caterpillar D8N")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106707", "121")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106707", " Porquinho coroa e pinhão fora de estrada")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106706", "122")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106706", " Kit Comando Lateral Komatsu D61EX")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106708", "123")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106708", " Diferencial Pá Carregadeira Liebherr L580")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106711", "125")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106711", " Peças para diferencial Fora de Estrada Wabco")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106709", "126")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106709", " Motor Mercedes Completo com embreagem para Dragas")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106699", "127")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106699", "[ VÍDEO ] Gerador Stemac WEG mod. GTA250 MI30, 230 Kva Motor Cummins")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106691", "128")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106691", "[ VÍDEO ] Rolo Compactador Muller VAP 70")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>56.400,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>400.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106694", "129")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106694", " Rolo Compactador Tema Terra SP8000 sem radiador, bom injetora, ,motor de arranque e alternador")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106690", "130")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106690", " Rolo Compactador Dynapac CG 14 Sem eixo diantero e Radiador")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106721", "131")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106721", "Pa Carregadeira Yadong ano 2010 Caçamba 1m3")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106722", "132")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106722", "[ VÍDEO ] Rolo Compactador HAMM. Modelo 3411 P. Ano 2008")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>73.500,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106723", "133")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106723", "Trator de Esteira Caterpillar D8H série 46A33471 com RIPPER, lâmina em U. Ano 1974")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>68.000,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106727", "134")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106727", "Empilhadeira Linde H40D")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>12.250,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106728", "135")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106728", "Motor Caterpillar D342 para D8H ou D8K")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106806", "136")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106806", "Empilhadeira Linde H40D sem motor e bomba")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106844", "137")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106844", "02 Diferenciais com freio a disco e rodas traseiro e dianteiro Pá Carregadeira W20 ou similar")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>8.200,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106899", "138")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106899", "[ VÍDEO ] Pá Carregadeira Caterpillar. Mod. 966R. Ano 1987. Operacional")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>90.500,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107452", "139")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107452", "Tanque Hidráulico c Comando e válvula de Ripper Komatsu D61, D65 e Shantui SD16")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C18" s="4" t="inlineStr">
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106900", "140")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106900", "Máscara Florestal para Trator de Esteira Caterpillar D8H ou K")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106901", "141")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106901", "RIPPER para Trator de Esteira Komatsu D61, D65 ou Shantui SD16")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107453", "142")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107453", "Garfo para Pá Carrgedeira")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D18" s="4" t="inlineStr">
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>6.800,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107454", "143")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107454", "Garfo para Pá Carregadeira")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D20" s="4" t="inlineStr">
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107455", "144")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107455", "RIPPER traseiro para Motoniveladora ")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E20" s="5" t="inlineStr">
-[...319 lines deleted...]
-      <c r="E30" s="5" t="inlineStr">
+      <c r="E151" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
-      <c r="F30" s="4" t="inlineStr">
-[...774 lines deleted...]
-      <c r="A55" s="5" t="inlineStr">
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107461", "145")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107461", "Motor Cummins BIG CAM")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
-      <c r="B55" s="4" t="inlineStr">
-[...3117 lines deleted...]
-      </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>31.250,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107462", "146")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107462", "Motor Cummins BIG CAM")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>30.750,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>