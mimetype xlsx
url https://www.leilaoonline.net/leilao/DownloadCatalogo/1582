--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,1531 +269,1343 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105740", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105740", " CAIXA ROLLO ON/OFF 26 M3 - Nº 133 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105734", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105734", " CAIXA ROLLO ON/OFF 26 M3 - Nº 134 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105733", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105733", " CAIXA ROLLO ON/OFF 26 M3 - Nº 135 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105748", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105748", " CAIXA ROLLO ON/OFF 26 M3 - Nº 136 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105736", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105736", " CAIXA ROLLO ON/OFF 26 M3 - Nº 137 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105762", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105762", " CAIXA BROOKS - CAL LEVE - Nº 105 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105737", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105737", " CAIXA BROOKS - CAL LEVE - Nº 107 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105741", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105741", " CAIXA BROOKS - CAL LEVE - Nº 108 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105763", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105763", " CAIXA BROOKS - CAL LEVE - Nº 109 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105754", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105754", " CAIXA BROOKS - CAL LEVE - Nº 110 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105738", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105738", " CAIXA BROOKS - CAL LEVE - Nº 112 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105768", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105768", " CAIXA BROOKS - CAL LEVE - Nº 113 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105747", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105747", " CAIXA BROOKS - CAL LEVE - Nº 115 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105735", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105735", " CAIXA BROOKS - CAL LEVE - Nº 122 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105758", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105758", " CAIXA BROOKS - CAL LEVE - Nº 150 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105744", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105744", " CAIXA BROOKS - CAL LEVE - Nº 151 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105769", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105769", " CAIXA BROOKS - CAL LEVE - Nº 152 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105749", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105749", " CAIXA BROOKS - CAL LEVE - Nº 153 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105751", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105751", " CAIXA BROOKS - CAL LEVE - Nº 154 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105771", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105771", " CAIXA BROOKS - CAL LEVE - Nº 155 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105760", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105760", " CAIXA BROOKS - CAL LEVE - Nº 156 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105750", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105750", " CAIXA BROOKS - CAL LEVE - Nº 157 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105764", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105764", " CAIXA BROOKS - CAL LEVE - Nº 158 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105755", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105755", " CAIXA BROOKS - CAL LEVE - Nº 159 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105745", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105745", " CAIXA BROOKS  - Nº 160 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105767", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105767", " CAIXA BROOKS - CAL LEVE - Nº 161 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105752", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105752", " CAIXA BROOKS - CAL LEVE - Nº 162 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105753", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105753", " CAIXA BROOKS - CAL LEVE - Nº 163 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105766", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105766", " lote com 02 Caixas de 30m³ OBS:   Deterioradas e enferujadas. NO ESTADO. ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105757", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105757", " Caixa Compactadora OBS:   Desmontada e em estado de ferrugem. NO ESTADO. ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105746", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105746", " lote com 03 Caixas de 5m³ OBS:   Deterioradas e enferujadas. NO ESTADO. ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105770", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105770", " Rolo Compactador Pé de Carneiro OBS:   Deteriorado e enferujado. NO ESTADO. ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105756", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105756", " Lote de Sucatas Diversas OBS:   Deterioradas e enferujadas. NO ESTADO. ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105743", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105743", " Lote com 09 Caixas de 5m³ Deterioradas, enferujadas. NO ESTADO. ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105765", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105765", " Lote com 31 Caixas de 2,5m³ Estruturas internas enferrujadas, estado de conservação variando. NO ESTADO. ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105761", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105761", " Lote com 08 Caixas de 2,5m³ Circular Estruturas internas enferrujadas, estado de conservação variando. NO ESTADO. ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105742", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105742", " Caixa de 15m³ Deteriorada e enferujada. NO ESTADO. ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105772", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105772", " Caixa compactainer Deteriorada e enferujada. NO ESTADO. ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...15 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105759", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105759", " Lote com 02 Caixas de 30m³ Deteriorada e enferujada. NO ESTADO. ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105739", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105739", " Lote com 35 Papeleiras Suportes enferrujados e condições variáveis. NO ESTADO. ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106649", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106649", "CAIXA BROOKS 5 M3 - CAL LEVE - REF. Nº 104  Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106650", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106650", "CAIXA BROOKS 5 M3 - CAL LEVE - REF. Nº 106  Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106651", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106651", "CAIXA BROOKS 5 M3 - CAL LEVE - REF. Nº 164  Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106652", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106652", "CAIXA ROLL ON/OFF 30 M3 - GRIMALDI - REF. Nº 143  Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106653", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106653", "CAIXA ROLL ON/OFF 30 M3 - REF. Nº 141  Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...761 lines deleted...]
-      <c r="F39" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106654", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106654", "CAIXA ROLL ON/OFF 30 M3 - REF. Nº 142  Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>33.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-[...542 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106655", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106655", "CAIXA ROLL ON/OFF 30 M3 - REF. Nº 140  Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão.  NO ESTADO. ")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>33.500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>