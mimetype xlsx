--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,987 +269,867 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105325", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105325", "[ VÍDEO ] ROLO COMPACTADOR MULLER. MOD. VAP 55. ANO aprox. 1991")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>63.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105326", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105326", "[ VÍDEO ] ROLO COMPACTADOR FOTON. MOD. FS812D. ANO 2011")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>89.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105327", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105327", "[ VÍDEO ] ROLO COMPACTADOR CATERPILLAR. MOD. 533. ANO  aprox. 1999")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>87.750,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105337", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105337", "[ VÍDEO ] MINI CARREGADEIRA SUNWORD. ANO 2001. MOTOR KUBOTA. COM CARRETA DE TRANSPORTE")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105478", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105478", "[ VÍDEO ] Pá Carregadeira Komatsu. Mod. W180. Ano aprox. 1999")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108753", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108753", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN. MOD. 75III. TORQUE 28.000. FREIO A DISCO. ANO 1987")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>88.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105331", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105331", "ROLO COMPACTADOR TEMA TERRA. ANO. 1987")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>34.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108754", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108754", "[ VÍDEO ] MOTONIVELADORA FIATALLIS. MOD. FG85. ANO Aprox. 1998")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>115.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109546", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109546", "CAMINHÃO MERCEDES BENZ LS 1929. Ano 1984")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109179", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109179", " MOTONIVELADORA YTO. MOD. MG1217A. MOTOR CUMMINS 6C TURBO. ANO 2013.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109547", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109547", "[ VÍDEO ] MOTONIVELADORA CATERPILLAR. MOD. 120G. ANO aprox. 1997")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>135.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109548", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109548", "PÁ CARREGADEIRA WANG. MOD. LW3000. ANO 2011. MOTOR CUMMINS. FREIO A DISCO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>81.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109565", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109565", "RETROESCAVADEIRA CASE. MOD. 580H. ANO aprox. 1987")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109580", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109580", "CAVALO VOLVO. ANO 1984/85")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109586", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109586", "PÁ CARREGADEIRA MICHIGAN. MOD. 55A. TORQUE 28000. FREIO A DISCO. ANO 1985.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>81.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105333", "019")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105333", "[ VÍDEO ] ROLO COMPACTADOR COMBAT. MOD. CB250G. ANO 2011")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>127.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109171", "020")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109171", " TREM DE FORÇA (TRANSMISSÃO, CONVERSOR, TANDER, RADIADOR) PATROL FIATALLIS FG85")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109172", "021")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109172", " COMPACTADOR DYNAPAC "SAPÃO"")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109173", "022")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109173", " CARROCERIA TIPO PRANCHA PARA TRANSPORTE DE TRATOR")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109174", "023")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109174", " [ VÍDEO ] PATROL HUBER WARCO. MOD. 130M. MOTOR MERCEDES 352 TURBO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105335", "024")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105335", "TAMBOR LISO PARA ROLO COMPACTADOR")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...68 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109175", "025")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109175", "[ VÍDEO ] CAMINHÃO MERCEDES BENZ 1214. BASCULANTE TOCO. MOTOR 366 TURBO. CÂMBIO DE 1513. ANO 1996")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109177", "026")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109177", " [ VÍDEO ] CAMINHÃO FORD CARGO 1418. ANO 1989")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109178", "027")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109178", " CAÇAMBA BASCULANTE. 5 M³. COM PISTÃO. SEM BOMBA.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109176", "028")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109176", "[ VÍDEO ] PÁ CARREGADEIRA CATERPILLAR. MOD. 924 GZ. ANO aprox. 2002")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>170.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...25 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105332", "029")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105332", "LOTE COM 08 PISTÕES: 01 FH200, 01 POUCLAIN, 03 CAT E 03 WUBBER. E 01 COMANDO TRASEIRO DE FH80")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109180", "030")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109180", " PÁ CARREGADEIRA MICHIGAN. MOD. 55C. ANO aprox. 1986")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...702 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105328", "031")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105328", "TRASMISSÃO DE MOTONIVELADORA CATERPILLAR 120H. ANO 99")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>33.250,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105329", "037")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105329", " EXTRUSORA DE PERFIS DE CONCRETO J. COLOMBO. MOD. PHITON. APROX. 700 HRS")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>12.200,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105330", "038")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105330", " CARRETA. CHAPEADA DE AÇO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>