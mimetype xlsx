--- v0 (2025-11-05)
+++ v1 (2026-03-28)
@@ -269,2971 +269,2603 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111146", "018")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111146", "GM S10 RODEIO D - ANO 2011/ 2011 - COR BRANCA - ALCO/GASOL - FR.: 4030 - LOC.: MARINGÁ/PR")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111147", "019")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111147", "JEEP COMPASS LONGITUDE D 4X4 - ANO 2018/2018 - Diesel - LOC.: MARINGÁ/ PR")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>84</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105347", "020")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105347", " FIAT PÁLIO FIRE WAY; 2017/2017; FR.: 28939; LOC.: TAPEJARA; ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105349", "220")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105349", " VW  NOVA SAVEIRO RB MBVS; 2018/2019; FR.: 70970; LOC.: TAPEJARA; ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105348", "221")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105348", " VW  NOVA SAVEIRO RB MBVS; 2018/2019; FR.: 70967; LOC.: TAPEJARA; ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105350", "222")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105350", " VW NOVO GOL  TL MCV; 2016/2017; FR.: 28791; LOC.: TAPEJARA; ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105363", "224")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105363", " FIAT STRADA HD WK; 2016/2017; FR.: 71860; LOC.: TAPEJARA; ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105351", "225")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105351", " VW NOVO GOL 1.6 CITY; 2013/2013; FR.: 24640; LOC.: TAPEJARA ; ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105354", "226")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105354", " FIAT DOBLO AMBULANCIA; 2015/2015; FR.: 71987; LOC.: TAPEJARA; ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105362", "227")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105362", " VW NOVO GOL  TL MCV; 2016/2017; FR.: ; LOC.: TAPEJARA; ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105357", "229")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105357", " MOTO BROS NXR160 ES ; 2018/2019; FR.: 71496; LOC.: TAPEJARA; ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105367", "230")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105367", " MOTO BROS NXR150 MIX ES ; 2010/2010; FR.: 20870; LOC.: TAPEJARA; ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105360", "231")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105360", " MOTO HONDA NRX 150 BROS ES; 2013/2012; FR.: 24684; LOC.: TAPEJARA ; ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105352", "233")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105352", " VW KOMBI LOTACAO; 2011/2012; FR.: 23156; LOC.: TAPEJARA; ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>13.750,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105364", "234")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105364", " VW KOMBI LOTACAO; 2010/2011; FR.: 22262; LOC.: TAPEJARA; ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105369", "235")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105369", " VW KOMBI LOTACAO; 2012/2013; FR.: 23906; LOC.: TAPEJARA ; ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105361", "236")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105361", " VW GOL 1.6 ; 2011/2012; FR.: 22250; LOC.: TAPEJARA ; ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>17.750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105371", "237")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105371", " FIAT DOBLO JAEDI AMBULANCIA; 2013/2013; FR.: 25416; LOC.: TAPEJARA; ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105368", "238")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105368", " FIAT STRADA HD WK; 2016/2017; FR.: 70452; LOC.: TAPEJARA ; ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105365", "239")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105365", " FIAT STRADA FIRE FLEX; 2012/2012; FR.: 23222; LOC.: TAPEJARA; ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105356", "241")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105356", " VW  NOVASAVEIRO RB MBVS; 2018/2019; FR.: ; LOC.: TAPEJARA; ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>34.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105359", "242")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105359", " VW  NOVA SAVEIRO RB MBVS; 2018/2019; FR.: 18155; LOC.: TAPEJARA ; ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105358", "243")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105358", " FIAT STRADA WORKING; 2015/2016; FR.: 70413; LOC.: TAPEJARA ; ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105381", "244")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105381", " FIAT STRADA HD WK; 2016/2017; FR.: 71840; LOC.: TAPEJARA; ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>32.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105396", "246")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105396", " VW  NOVA SAVEIRO RB MBVS; 2018/2019; FR.: 70969; LOC.: TAPEJARA ; ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105398", "247")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105398", " VW NOVO GOL TL MCV; 2016/2017; FR.: 28788; LOC.: TAPEJARA ; ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105399", "248")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105399", " VW NOVO GOL 1.6 CITY; 2013/2013; FR.: 24636; LOC.: TAPEJARA ; ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>15.750,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105400", "265")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105400", " FIAT STRADA WORKING; 2013/2013; FR.: 25472; LOC.: TAPEJARA; ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105401", "267")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105401", " VW GOL 1.6; 2010/2011; FR.: 21381; LOC.: TAPEJARA; ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>14.750,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105403", "268")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105403", " FIAT STRADA WORKING; 2013/2013; FR.: 25888; LOC.: TAPEJARA ; ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105370", "270")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105370", " VW GOL 1.6; 2011/2011; FR.: 22332; LOC.: TAPEJARA ; ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105409", "271")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105409", " FIAT STRADA WORKING; 2015/2015; FR.: 70176; LOC.: TAPEJARA ; ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105406", "274")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105406", " VW  NOVA SAVEIRO RB MBVS; 2018/2019; FR.: 70964; LOC.: TAPEJARA; ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>39.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105408", "280")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105408", " GM S10 ADVANTAGE D; 2008/2009; FR.: 15843; LOC.: TAPEJARA ; ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105416", "282")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105416", " MOTO HONDA XRE 300 ; 2011/2012; FR.: 23169; LOC.: TAPEJARA; ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>10.250,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105425", "283")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105425", " MOTO YAMAHA LANDER XTZ 250; 2012/2013; FR.: 24686; LOC.: TAPEJARA; ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105417", "286")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105417", " VW NOVO GOL 1.0; 2014/2014; FR.: 27400; LOC.: TAPEJARA ; ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105413", "287")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105413", " FIAT PÁLIO FIRE WAY; 2015/2015; FR.: 70225; LOC.: TAPEJARA ; ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105422", "289")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105422", " VW GOL 1.0 TITAN GIV; 2010/2011; FR.: 21736; LOC.: TAPEJARA; ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>14.750,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105415", "290")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105415", " FIAT STRADA HD WK; 2016/2017; FR.: 26671; LOC.: TAPEJARA; ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105424", "291")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105424", " FIAT DOBLO CARGO 1.4; 2013/2013; FR.: 25412; LOC.: TAPEJARA ; ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105414", "292")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105414", " FIAT DOBLO CARGO 1.4; 2013/2013; FR.: 25870; LOC.: TAPEJARA ; ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105420", "294")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105420", " FIAT STRADA WORKING; 2014/2014; FR.: 71877; LOC.: TAPEJARA; ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105411", "295")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105411", " VW NOVO GOL TL MCV; 2016/2017; FR.: 28066; LOC.: TAPEJARA ; ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105418", "409")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105418", " FIAT STRADA WORKING; 2015/2015; FR.: 70385; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105412", "410")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105412", " FIAT DOBLO CARGO 1.4; 2013/2013; FR.: 28499; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105423", "412")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105423", " FIAT DOBLO JAEDI AMBULANCIA; 2011/2012; FR.: 22278; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105373", "413")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105373", " VW GOL 1.0L MC4; 2018/2019; FR.: 72521; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105431", "414")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105431", " VW NOVO GOL TL MCV; 2016/2017; FR.: 70464; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105441", "416")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105441", " VW NOVO GOL TL MCV; 2016/2017; FR.: 28069; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105427", "417")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105427", " FIAT STRADA HD WK; 2016/2017; FR.: 27802; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105444", "419")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105444", " FIAT PÁLIO FIRE WAY; 2015/2015; FR.: 70346; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105428", "420")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105428", " FIAT DOBLO CARGO 1.4; 2013/2013; FR.: 28474; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105440", "429")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105440", " FIAT PÁLIO FIRE WAY; 2017/2017; FR.: 25999; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105430", "431")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105430", " VW GOL 1.0L MC4; 2018/2019; FR.: 71241; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105433", "432")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105433", " VW NOVO GOL TL MCV; 2016/2017; FR.: 26672; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105429", "434")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105429", " VW GOL 1.6 ; 2010/2011; FR.: 21411; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105436", "435")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105436", " VW NOVO GOL TL MCV; 2016/2017; FR.: 26670; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105437", "436")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105437", " FIAT DOBLO JAEDI AMBULANCIA; 2010/2011; FR.: 21476; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>12.750,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105383", "438")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105383", " VW GOL 1.6; 2010/2011; FR.: 21477; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>15.250,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105376", "439")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105376", " FORD RANGER XLS 10A; 2010/2010; FR.: 26672; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105382", "440")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105382", " VW SAVEIRO AMBULANCIA 1.6; 2004/2005; FR.: 5160; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105375", "441")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105375", " VW GOL 1.6; 2010/2011; FR.: 21364; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>16.750,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105380", "443")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105380", " FIAT STRADA HD WK; 2016/2017; FR.: 72221; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105378", "444")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105378", " FIAT STRADA FIRE FLEX; 2011/2012; FR.: 22326; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105374", "445")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105374", " VW NOVA SAVEIRO RB MBVS; 2016/2017; FR.: 28796; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105392", "446")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105392", " FIAT DOBLO JAEDI AMBULANCIA; 2013/2013; FR.: 26422; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105386", "448")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105386", " VW NOVO GOL TL MCV; 2016/2017; FR.: 26673; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105393", "449")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105393", " GM MONTANA CONQUEST; 2005/2005; FR.: 9853; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...43 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105387", "450")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105387", " VW NOVO GOL TL MCV; 2016/2017; FR.: 70466; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105388", "451")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105388", " VW GOL TL MB S; 2015/2015; FR.: 70304; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105391", "452")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105391", " VW GOL 1.0 TITAN GIV; 2010/2011; FR.: 21475; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>14.750,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105394", "453")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105394", " FIAT PALIO FIRE WAY (BATIDO); 2017/2017; FR.: 93127; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>13.250,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105385", "454")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105385", " VW NOVA SAVEIRO RB MBVS; 2018/2019; FR.: 28127; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105395", "456")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105395", " FIAT PÁLIO WEEKEND ADVENTURE; 2015/2015; FR.: 71179; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105445", "457")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105445", " FIAT STRADA HD WK; 2016/2017; FR.: 28070; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>38.500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105389", "458")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105389", " FIAT DOBLO JAEDI AMBULANCIA; 2013/2013; FR.: 25296; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105442", "459")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105442", " GM BLAZER ADVANTAGE ; 2011/2011; FR.: 22392; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>38.500,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105434", "460")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105434", " VW SAVEIRO 1.6 CS; 2013/2013; FR.: 24992; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105451", "461")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105451", " VW NOVA SAVEIRO RB MBVS; 2018/2019; FR.: 71237; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105432", "462")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105432", " FIAT STRADA HD WK; 2016/2017; FR.: 26667; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105439", "463")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105439", " VW NOVA SAVEIRO RB MBVS; 2018/2019; FR.: 70786; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105453", "465")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105453", " MOTO HONDA NXR 150 BROS ES; 2011/2012; FR.: 23216; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105446", "466")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105446", " MOTO HONDA NXR 150 BROS ES; 2011/2012; FR.: 23215; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105457", "467")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105457", " MOTO HONDA NXR 150 BROS MIX ESD; 2009/2010; FR.: 20693; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105447", "469")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105447", " FIAT STRADA WORKING; 2015/2016; FR.: 70332; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105448", "470")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105448", " MOTO HONDA NXR 150 BROS ES; 2011/2012; FR.: 23217; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105450", "471")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105450", " MOTO HONDA XR 250 TORNADO; 2006/2007; FR.: 10865; LOC.: MARINGÁ; ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>6.270,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105458", "472")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105458", " VW GOL 1.0L MC4; 2018/2019; FR.: 72554; LOC.: MARINGA; ")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>33.500,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105459", "474")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105459", " VW NOVO GOL TL MCV; 2016/2017; FR.: 26685; LOC.: MARINGA; ")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...447 lines deleted...]
-      <c r="E29" s="5" t="inlineStr">
+      <c r="E100" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
-      <c r="F29" s="4" t="inlineStr">
-[...186 lines deleted...]
-      <c r="E35" s="5" t="inlineStr">
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105449", "475")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105449", " VW GOL 1.0L MC4; 2018/2019; FR.: 72556; LOC.: MARINGA; ")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
-      <c r="F35" s="4" t="inlineStr">
-[...2110 lines deleted...]
-      </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105390", "476")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105390", " VW NOVA SAVEIRO RB MBVS; 2018/2019; FR.: 72515; LOC.: MARINGA; ")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>43.000,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>