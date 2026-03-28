--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,315 +269,279 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105686", "010")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105686", "CARRETA AGRICOLA ACION - FCBM 272433-2 - LOC: SESC INTERLAGOS - SÃO PAULO/SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>2.150,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105687", "011")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105687", "CARRETA AGRICOLA ACION - FCBM 272434-1 - LOC: SESC INTERLAGOS - SÃO PAULO/SP")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>2.150,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105713", "441")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105713", "FURGAO FIAT DUCATO CARGO/2003 - FCBM 171357-4 - LOC. SÃO PAULO/SP         ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106324", "449")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106324", "25 UNIDADES CADEIRA MOBILIARE CAT. GIRATORIA (TELA COR CINZA ) VEJA DESCRITIVO DE ITENS - LOC. SÃO PAULO/ SP")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>2.425,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106326", "450")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106326", "45 UNIDADES POLTRONA ( COR AZUL ) VEJA DESCRITIVO DE ITENS-  LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>5.850,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106327", "451")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106327", "44 UNIDADES POLTRONAS ( 39 COR VERDE, 1 COR PRETA, 2 COR ROSA e 2 COR VERMELHA ) VEJA DESCRITIVO DE ITENS - LOC. SÃO PAULO /SP ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>5.720,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106328", "452")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106328", "COZEDOR DE MASSA ELETRICO 30LTS BF, FCBM 302469-5, LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>460,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106329", "453")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106329", "CHEVROLET/COBALT 1.8 LTZ, ANO 2014/2015, FCBM  273041-3, LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>35.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106336", "454")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106336", "RENAULT/LOGAN 1.6 DYNA, ANO 2015/2015, FCBM  285968-8 , LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>32.300,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>