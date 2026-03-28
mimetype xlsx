--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,1979 +269,1735 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106829", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106829", " 1 Climatizador de parede ventisol")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106840", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106840", " Aprox.20 eletroportáteis e utilidades")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106814", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106814", " Aprox.30 pacotes de volumes de moveis")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105884", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105884", " Maquina de suco, voltagem 110v. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>620,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105885", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105885", " Caixa registradora Argus anos 70. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>680,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106842", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106842", " Motosserra")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106837", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106837", " Motosserra")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106835", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106835", " Roçadeira")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106824", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106824", " Câmara fria - (desmontada)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106813", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106813", " 10 caixas descarga")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106821", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106821", " Compressor de ar odontológico")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106831", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106831", " 10 microondas /fornos")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106822", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106822", " 5 lavadoras")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106838", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106838", " 5 lavadoras")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106833", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106833", " Amassadeira rápida")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106815", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106815", " Serra Fita")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106827", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106827", " Sucata de coolers aprox.9")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106830", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106830", " Sucata de aprox.20 peças entre condensadora e evaporadoras")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106811", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106811", " conjunto de churrasco 14 peças com suporte")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106841", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106841", " conjunto de churrasco 14 peças com suporte")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106843", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106843", " conjunto de churrasco 14 peças com suporte")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106819", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106819", " conjunto de churrasco 14 peças com suporte")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106820", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106820", " conjunto de churrasco 14 peças com suporte")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106812", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106812", " 2 portas com vidro duplo temperado 1.43 x0,64")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106828", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106828", " 2 portas com vidro duplo temperado 1.43 x0,64")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106823", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106823", " 2 portas com vidro duplo temperado 1.43 x0,64")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106839", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106839", " 2 portas com vidro duplo temperado 1.43 x0,64")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106817", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106817", " 2 portas com vidro duplo temperado 1.43 x0,64")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106836", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106836", " Ultra congelador 220 v total de 32 prateleiras fixas")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106825", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106825", " 10 climatizadoras 220 v")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106826", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106826", " Cafeteira Delonghy -110 v")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106818", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106818", " Cafeteira Delonghy ,110 v / com vaporizador de leite")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106816", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106816", " Cafeteira com vaporizador de leite Delonghy 110 v")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106832", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106832", " Junker-15,5 l/h")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106834", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106834", " Junker-15,5 l/h")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105883", "303")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105883", "MÁQUINA DE SORVETE EXPRESSO E MILKSHAKE 220 MONOFASICA")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105879", "311")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105879", " Bomba multi estágios")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105877", "313")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105877", " Prensa 1.75 x 4.00")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105878", "314")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105878", " Moinho de pão inox")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105886", "400")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105886", "Barco de fibra c/ motor de rabeta, 2 remos e 3 carretilhas  ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105887", "401")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105887", "2 roupas de neopreme longa")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105873", "430")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105873", "Máquina para Madeira")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105875", "432")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105875", " Máquina Risomat semi automática de corte de papel isolante (poliéster) para isolamento de motores e transformadores")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105874", "444")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105874", " Embaladora termo encolhivel 40x40")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105870", "465")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105870", "TURBINA WEG")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105869", "476")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105869", " Desbobinadeira de chapa com caixa de redução")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105872", "480")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105872", " Moinho triturador de cobre e mesa garimpadora ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105871", "481")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105871", " Injetora de poliuretano. Para reparo")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105876", "539")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105876", " Máquina para cortar chapa automática funcionado")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105881", "626")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105881", " Compressor wayne 60 pés")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105880", "627")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105880", " Bomba d’água de pressão")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105882", "634")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105882", " Arqueadora de caixas")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105893", "655")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105893", " 2 Vending Machine")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105891", "656")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105891", " Balcão confeitaria inox")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105889", "658")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105889", " Sucata de Condensadoras")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105895", "664")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105895", " 1 pressurizador")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105888", "665")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105888", " 1 pressurizador")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...115 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...25 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105890", "666")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105890", " 1 pressurizador ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...148 lines deleted...]
-      <c r="E20" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105896", "667")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105896", " 1 pressurizador ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
-[...287 lines deleted...]
-      <c r="F29" s="4" t="inlineStr">
+      <c r="F69" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-[...25 lines deleted...]
-      <c r="F30" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105894", "668")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105894", " 1 pressurizador")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-[...1278 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105892", "669")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/105892", " Quadro  dos fundadores da primeira auto escola registrada no Brasil 1 de janeiro 1932 - são Cristóvão ")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>