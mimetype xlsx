--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1147 +269,1007 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106873", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106873", " VW Kombi lotação - 12 lugares. Flex. Ano 2009/10")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106874", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106874", " VW Kombi lotação - 12 lugares. Flex. Ano 2010/11")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106851", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106851", " Eixo dianteiro M/ Benz")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108395", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108395", " Iveco Fiat Daily 3510. Ano 2002 (pneus diant. Michelin seminovos)")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108396", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108396", "Semi reboque tanque Pastre. Capac. 20.000 litros. Inox. 3 bocas. Ano 2001")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>51.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106860", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106860", "Carroceria Prancha")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>47.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106877", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106877", " VW Kombi lotação - 12 lugares. Flex. Ano 2009/09")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106862", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106862", "[ RETIRADO ] Caminhão Caçamba M Benz. Mod. L 1313. Ano 1972. Freio misto (dianteiro a óleo e traseiro a ar). Maçarico. Direção hidráulica")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106852", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106852", "Sucata de Chassi GM Chevrolet D20. Ano 1982. Sem direito a documentação. Com certificado de baixa")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106881", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106881", "Caminhão M. Benz  mod. 2418. Truck 6x2 com carroceria (Munck NÃO INCLUSO). Ano 1994/1994")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>53.700,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>400.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106875", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106875", " Caminhão Cavalo. Mercedez Bens. Modelo 3344. Ano 2006")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106876", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106876", " 9 roletes esteira rodante John Deere ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106878", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106878", " 2 para-choques Trator New Holland TL 75")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106847", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106847", " Par de Aro de roda Massey Ferguson 7000 MF")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106848", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106848", "1 Pneu usado")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106856", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106856", " Cabine Volvo")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106855", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106855", " Silo capacidade 20 ton")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106884", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106884", "Caminhão M. Benz L 2325. Ano 1992/1992 ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>64.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>400.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106853", "023")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106853", " Lote de pesos: Massey, New Holland e Valtra")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...42 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106857", "024")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106857", " 11 unidades de rodas")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106849", "025")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106849", "Redutor hidráulico")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106858", "027")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106858", " 02 tanques Plásticos DM")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106854", "028")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106854", "  5 tanques: 04 Massey Ferguson 7000 e 01 New Holland TL")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106864", "041")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106864", " Tanque branco. Capac. 15 mil litros. 4 bocas. Com bomba. Ano 1999")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106871", "042")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106871", " Tanque de água para caminhao 3/4. Capacidade 3 mil litros. Ano 2013")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106866", "044")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106866", " Tanque  capac. 15 mil litros. Com sistema Bóton. 4 bocas. Com bomba. Ano 2010")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106863", "045")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106863", " Carroceria borracheira Gascom. Ano 2015")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106870", "046")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106870", " Tanque marca Tankar. Capac. 15 mil litros. 3 bocas. Ano 2009")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106869", "047")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106869", " Semi reboque canavieiro Faccinni. 12,59 metros. Ano 2009")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>35.400,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106868", "048")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106868", " Rolo compactador R T82H. Motor revisado. Ano 1989")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
+      <c r="D40" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...90 lines deleted...]
-      <c r="D18" s="4" t="inlineStr">
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>26.250,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106867", "049")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106867", " Carroceria borracheira Gascom. Ano 2014")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106872", "050")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106872", "Carroceria transbordo Sermag. Ano 2012")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106846", "054")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106846", "TRANSBORDO SANTA IZABEL. 10,5 toneladas. ANO 2010 (Ref.RT05)")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106882", "055")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106882", "Base estacionária com tanque de 20 mil litros sem uso com bomba registrado")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
-[...132 lines deleted...]
-      <c r="F22" s="4" t="inlineStr">
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-[...702 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106883", "056")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106883", "Lotes de 4 Pneus com rodas  Medida 600/50-22.5")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>