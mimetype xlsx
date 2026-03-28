--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,6299 +269,5515 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108666", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108666", "[ VÍDEO ] Caminhão Munck Mercedes Benz L1113. Ano 1972. Munck Imap 12.000")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>81.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106989", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106989", "Munck marca Madal mod. 6000 capacidade 6 ton. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>25.200,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106984", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106984", "24 extintores sendo 4 grandes e 20 pequenos")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106969", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106969", "Máquina para solda de tubo. Tipo ponteadeira.100 KVa")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107010", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107010", " 1 maquina de cortar grama. Sem uso. Funcionando.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106944", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106944", "2 bombas palheta")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106930", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106930", "Equipamento de pesca em bom estado - lista com descrição. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106945", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106945", "VENTOINHA")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106942", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106942", "Moinhos p/ tinta 3 cilindros horizontal")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109419", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109419", "PRENSA")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106970", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106970", " 1 unidade hidráulica")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106972", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106972", " 1 unidade hidraulica")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106961", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106961", "Microscópio marca Opiton ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106994", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106994", "Bomba a Vácuo")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106979", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106979", "1 soprador")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106973", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106973", " 4 motores")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107012", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107012", " 1 máquina de cortar grama")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106980", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106980", "1 Tifor capacidade 1600 kgs acompanha cabo.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107004", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107004", " 1 máquina de cortar grama. Sem motor.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107009", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107009", " 1 bomba monofásica com assessorios. Acompanha carrinho.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107014", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107014", " 3 guinchos e peças dvs. Carregardor de bateria")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106937", "021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106937", "Resfriador de ar comprimido")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108814", "022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108814", "74 pecas de dijuntores  dvs")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109550", "023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109550", "Rosca transportadora ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>6.200,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107013", "024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107013", " 1 máquina de solda com cabos. ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106976", "025")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106976", "Aprox. 300 Bolsas femininas diversas")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107006", "026")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107006", " Lote de peças inox e alumínio")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107011", "027")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107011", " 2 bombas de poço, uma nova e outra semi-nova")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106938", "028")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106938", "FORNO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107007", "029")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107007", " 1 moto serra")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107015", "030")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107015", " 1 roçadeira costal")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107008", "031")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107008", " 1 serra")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106943", "032")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106943", "1 tamboriador")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106925", "033")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106925", " 1 ventilador. .")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106926", "034")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106926", " 1 misturador para laboratorio ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107005", "035")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107005", " 1 centrifuga manual para mel 80 lts para 12 placas e 1 decandador")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109552", "036")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109552", "Torno Joinville")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107038", "037")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107038", "1 ventoinha")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106924", "038")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106924", "VÁLVULA ROTATIVA")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107039", "039")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107039", "1 seladora")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106923", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106923", "GERADOR A GASOLINA. MOD. BLEZZER BL 3000.")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106922", "044")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106922", "1 PAINEL")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106921", "048")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106921", "1 aparelho de ar condicionado Carrier 35.000 BTU´s")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106920", "050")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106920", " UM MOINHO. SEM TAMPA")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106919", "058")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106919", "Cofre em bom estado com chave")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106918", "061")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106918", "COLETOR E SEPARADOR DE ÓLEO")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106917", "068")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106917", " BOMBA ÁGUA A GASOLINA. SEM USO.")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106915", "090")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106915", " BALANÇA PRECISÃO")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106916", "091")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106916", " VENTILADOR")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106903", "100")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106903", " TROCADOR DE CALOR, DIM. 2850 X 320 MM")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>4.100,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106902", "101")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106902", " TROCADOR DE CALOR, DIM. 1700 X 400 MM")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106905", "109")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106905", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106978", "119")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106978", "5 rodas espelhadas para Jeep/cherockee/ranger")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106904", "142")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106904", " MISTURADOR DE LÍQUIDOS EM INOX BERTUSO, ANO: 1997")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106965", "156")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106965", " Espuladeira para enrolar fios e carreteis")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106964", "159")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106964", " 2 motores")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106977", "160")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106977", "1 furadeira de coluna")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106983", "161")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106983", "1 amassadeira sigma ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106906", "183")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106906", " 5 PROTOCOLADORES")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106907", "184")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106907", " SOPRADOR")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106966", "187")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106966", " 6 pecas fragmentadores de papel sem uso")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106967", "188")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106967", " Válvulas inox ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106968", "189")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106968", " 2 redutores sendo um corrente continua")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106908", "220")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106908", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106909", "221")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106909", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106910", "222")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106910", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106911", "231")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106911", "MOINHO DE TINTA. SEM MOTOR")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106912", "276")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106912", "35 peças de tarracha sendo: 13 de 3/8 e 22 de 1/2")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106913", "279")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106913", "01 redutor")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>1.120,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106998", "280")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106998", " Moinho Esfera ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>11.900,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107001", "281")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107001", " Misturador pneumatico")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107002", "282")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107002", " Muinho de rolos para tinta")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106999", "283")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106999", " Moinho de tinta")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107000", "284")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107000", " Furadeira sem motor")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107003", "285")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107003", " [LANCE POR KG] aprox. 3 ton de vergalhão Gerdal 50 ( barras de 5 e 6 metros)")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>3,25</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106914", "306")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106914", "VENTOINHA COM MOTOR BLINDADO")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106931", "311")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106931", " 1 bomba dosadora")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106932", "318")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106932", "Parachoque para F1000 em bom estado")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106929", "319")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106929", " ESTEIRA EM INOX")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106927", "321")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106927", " 1 Micro teste")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106928", "322")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106928", " 1 micro teste para laboratório")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106933", "333")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106933", "1 redutor")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106935", "337")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106935", " 1 agitador com aquecedor para laboratório")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106934", "338")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106934", " 1 agitador com aquecedor para laboratório")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106936", "339")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106936", " 1 agitador com aquecedor para laboratório")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106940", "346")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106940", " porta papel")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106939", "347")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106939", " 12 reatores ")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106941", "348")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106941", " 13 válvula celuloide")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106962", "350")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106962", "Bicicleta elétrica (nao esta funcionando /sem carregador)")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106963", "351")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106963", "Carrinho carga SEM USO. (está sem rodas)")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106981", "352")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106981", "Material elétrico")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106982", "353")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106982", "Filtro prensa de placas completa acompanha 2 bombas")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106992", "359")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106992", " 1 tanque")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106993", "361")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106993", " aprox. 25 rodízios ")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106995", "363")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106995", "1 calandra")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106997", "364")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106997", "Serra franho mod s 900")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108055", "365")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108055", "Bomba de inox")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108056", "366")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108056", "01 ponte rolante. Vão 12mts - talha 3 ton - desmontada  -  capac. viga para 2,5 ton.")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>34.500,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108279", "367")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108279", "1 tesoura/ puncionadeira. Marca Franho tipo c-3  ")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107477", "401")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107477", " 1 Retifica /afiadora Otica De Perfil Marca Begra Modelo Rp 150 ( precisa de revisão, porem esta completa )")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107486", "402")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107486", " 1 Frezadora Horizontal duplo cabeçote sobre Bancada ( revisão e limpeza, podendo faltar peças )")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107464", "403")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107464", " 1 Centradora Manual Mecanica ( podem faltar peças )")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107473", "404")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107473", " 1 Cabine Jato De Areia Blastibrás Mod Bu 90120 ( Funcionando, porém precisa de revisão )")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>5.800,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107496", "405")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107496", " 1 Desempeno Granito Digimess 150mm X 600mm X 1000mm")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107476", "406")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107476", " 1 Frezadora Horizontal hidraulica duplo cabeçote sobre Bancada ( revisão, podendo faltar peças )")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107480", "407")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107480", " 1 SERRA FRANHO VAIVEM S 500 ( funcionano, precisa de limpeza e revisão )")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107467", "408")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107467", " 1 SERRA DE FITA RONEMAK COM SOLDADOR ( funcionando )")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107475", "409")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107475", " 1 Torno Revolver Feibau passagem de 1/2" ( funcionando, precisa de revisão e limpeza )")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107492", "410")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107492", " 1 FURADEIRA RADIAL DE BANCADA ( PRECISA DE REVISÃO MECANICA E ELETRICA )")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...20 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106958", "501")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106958", "Furadeira Radial ")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107016", "502")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107016", " Relógio relíquia funciona - Carrilhão restaurado, dos anos de 1910 com mecanismo francê")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106974", "503")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106974", " Prensa de borracha")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106955", "504")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106955", " Compressor de ar")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106959", "505")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106959", "6 furadeiras marteletes funcionando (alterado de 7 para 6 unidades)")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106947", "506")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106947", " Descascador de batatas")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106946", "507")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106946", " Liquidificador, pia em inox e uma mesa")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
+      <c r="F126" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...20 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106948", "508")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106948", " Refrigerador de carnes")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
+      <c r="F127" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...25 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107035", "509")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107035", " aprox. 107 contatores Moeller modelo DIL00AM-10 sendo; 77 peças em 110 volts e 30 peças em 220 volts")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107021", "510")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107021", " 2 contatores telemecanique lc1 d65 220v")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106951", "511")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106951", " Máquina de lavar louças em inox ")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107031", "512")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107031", " 6 peças Contatoras CWM 50 220 ")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106949", "513")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106949", " Lavador de cozinha industrial em inox")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>7.200,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107025", "514")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107025", " 6 peças Contatoras CWM 50 220 ")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107019", "515")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107019", " 03 contatores Weg modelo CWM 80 bobina 220v")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107032", "516")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107032", " Estrela triângulo ")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107026", "517")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107026", " 9 Inversores ")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>4.100,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106952", "518")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106952", " Aparelho de ar condicionado")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106953", "519")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106953", " Furadeira")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>420,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106956", "520")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106956", " Massageador relax")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106957", "521")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106957", " Balança e impressora")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107022", "522")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107022", " Chave abb, 800 amperes")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106960", "523")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106960", "Lote de torneiras e componentes. Aprox.  60 torneiras e chuveiros higiênicos")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107033", "524")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107033", " 16 peças disjuntor motor 0,63-1A GV2 -M05")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>380,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106954", "525")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106954", " Descascador de batatas")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106975", "526")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106975", " 2 un. de moto bombas de 30 CV")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106950", "527")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106950", " Fatiador de legumes")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107020", "528")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107020", " 8 peças disjuntor motor 4-6.3A GV2-M10")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>220,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107028", "529")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107028", " 35 peças - Rele de proteção telemecanique modelo LT2-SE00F 127 v")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>220,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107017", "530")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107017", " 13 peças contator 3th 40")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>290,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106985", "531")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106985", "Conjunta de 1 mesa  tampo de vidro e 6 cadeiras")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106986", "532")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106986", "Bau aprox. 7 mts")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106987", "533")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106987", "aprox. 40 pçs de estante de aço")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107030", "534")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107030", " 3 contatores abb novo na caixa modelo AF40-30-11-13")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107029", "535")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107029", " Disjuntor caixa moldada Weg 630 amperes modelo ACW630 V.")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107024", "536")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107024", " 06 chaves NH Siemens modelo 3NP401")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107018", "537")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107018", " 02 chave NH de 250amp")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107027", "538")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107027", " aprox. 90 peças Disjuntores caixa moldada de várias marcas e amperagens")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107023", "539")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107023", " Máquina hidrojato modelo TX 951")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107034", "540")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107034", " 04 chaves NH modelo ABB XLP 1")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107036", "541")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107036", "12 peças de transformadores Siemens modelo conforme especificado na foto")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107037", "542")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107037", "28 caixas com 12 peças de disjuntor unipolar Siemens B25A")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107469", "543")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107469", " 01 queimador a gás")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107474", "544")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107474", " 01 queimador a gás")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107483", "545")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107483", " [ LANCES POR KG ] Aprox. 2 ton tubos de inox diversos tamanhos")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>15,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>5.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107495", "546")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107495", " Flat Day -completo - para laminação de plásticos")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107487", "547")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107487", " Flat Day -completo - para laminação de plásticos")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107488", "548")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107488", " Rotor de moinho c/ faca de espera - sem uso")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107493", "549")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107493", " Aprox. 150 un. luminárias diversas - sem uso")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107498", "550")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107498", " 01 Bebedouro de água (inox). Funcionando")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...10 lines deleted...]
-      <c r="C18" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107490", "551")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107490", " 01 Bebedouro de água (inox). Funcionando")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107466", "552")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107466", " 01 Bebedouro de água (inox). Funcionando")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107485", "553")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107485", " 1 balção inox (4 m) e 3 pias industrial (3 m)")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107491", "554")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107491", " 1 bomba de óleo ( corpo de inox)")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107482", "555")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107482", " 1 bomba de óleo ( corpo de inox)")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107465", "556")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107465", " 1 bomba de óleo ( corpo de inox)")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107478", "557")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107478", " 1 bomba de óleo ( corpo de inox)")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107471", "558")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107471", " 1 bomba de óleo ( corpo de inox)")</f>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107472", "559")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107472", " 1 bomba de óleo ( corpo de inox)")</f>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107489", "560")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107489", " 1 bomba de óleo ( corpo de inox)")</f>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107484", "561")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107484", " 1 bomba de óleo ( corpo de inox)")</f>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107468", "562")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107468", " 1 bomba de óleo ( corpo de inox)")</f>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107479", "563")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107479", " 1 bomba de óleo ( corpo de inox)")</f>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107470", "564")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107470", " 14 disjuntores telemecanique, diferente amperagens")</f>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107481", "565")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107481", " 14 disjuntores telemecanique, diferente amperagens")</f>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D184" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107497", "566")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107497", " 4 chaves seccionadoras Siemens, 125a, modelo 3np4")</f>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F185" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107494", "567")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107494", " 2 chaves seccionadoras Siemens, 250a, modelo 3np4290")</f>
+      </c>
+      <c r="C186" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D186" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F186" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108484", "568")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108484", " Aproximadamente 65 disjuntores motores com amperagem diversas")</f>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D187" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F187" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108485", "569")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108485", " 70 contatores Siemens, diversas amperagens e modelos")</f>
+      </c>
+      <c r="C188" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D188" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F188" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108486", "570")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108486", " 64 Disjuntores Steck 32a curva C. Sem uso. Na caixa")</f>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D189" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F189" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108489", "571")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108489", " 1 Painel ihm Siemens Coros OP 25 2 Painéis ihm Siemens OP 393")</f>
+      </c>
+      <c r="C190" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D190" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t>5.100,00</t>
+        </is>
+      </c>
+      <c r="F190" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108488", "572")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108488", " Power Supply Modelo WRA960")</f>
+      </c>
+      <c r="C191" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D191" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E191" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F191" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108487", "573")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108487", " Disjuntor ABB Sace Tmax Modelo T7S 1250")</f>
+      </c>
+      <c r="C192" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D192" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F192" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108490", "574")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108490", " Disjuntor ABB Sace Tmax Modelo T7S 1600")</f>
+      </c>
+      <c r="C193" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D193" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F193" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108491", "575")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108491", " 2 Allen Bradley Micro Lógico 1000")</f>
+      </c>
+      <c r="C194" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D18" s="4" t="inlineStr">
+      <c r="D194" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F194" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108280", "576")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108280", "[ LANCES POR QUILO ] Aprox. 8 ton. de eixos de calandra")</f>
+      </c>
+      <c r="C195" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D195" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t>2,50</t>
+        </is>
+      </c>
+      <c r="F195" s="4" t="inlineStr">
+        <is>
+          <t>0.25</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108351", "577")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108351", "1 Bomba de vácuo Omel ")</f>
+      </c>
+      <c r="C196" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D196" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F196" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...25 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108352", "578")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108352", "1 Bomba de vácuo Omel")</f>
+      </c>
+      <c r="C197" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D197" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F197" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108353", "579")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108353", "1 Retificador/ carregador de baterias microprocessado ")</f>
+      </c>
+      <c r="C198" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D198" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E198" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F198" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108408", "580")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108408", "Bomba de hidrojato Prominas ")</f>
+      </c>
+      <c r="C199" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D199" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E199" s="5" t="inlineStr">
+        <is>
+          <t>9.900,00</t>
+        </is>
+      </c>
+      <c r="F199" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...25 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108409", "581")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108409", "Bomba de hidrojato Prominas ")</f>
+      </c>
+      <c r="C200" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D200" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t>9.900,00</t>
+        </is>
+      </c>
+      <c r="F200" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108492", "582")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108492", " Aproximadamente 50 Disjuntores Siemens, diversas amperagens e voltagens Venda no estado")</f>
+      </c>
+      <c r="C201" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D201" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F201" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108493", "583")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108493", " 4 Servidores Dell, modelos diversos, máquinas para retirada de peças, no estado. ")</f>
+      </c>
+      <c r="C202" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D202" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E202" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F202" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108494", "584")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108494", " 9 nobrecks APC ES 600, com baterias")</f>
+      </c>
+      <c r="C203" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D203" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F203" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108397", "605")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108397", "[ PREÇO POR UNIDADE ] Aprox. 1.500 caixas organizadoras (Medidas:  330 x 245 x 100 mm)")</f>
+      </c>
+      <c r="C204" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D204" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E204" s="5" t="inlineStr">
+        <is>
+          <t>6,00</t>
+        </is>
+      </c>
+      <c r="F204" s="4" t="inlineStr">
+        <is>
+          <t>1.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106971", "606")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106971", " Aquecedor de marmitas")</f>
+      </c>
+      <c r="C205" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D205" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E205" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F205" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...5918 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
-      <c r="A206" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106996", "607")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/106996", "[PREÇO POR KG] aprox. 7 ton. de Tubos galvanizado com comprimento diversos usado no estado")</f>
       </c>
       <c r="C206" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D206" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E206" s="5" t="inlineStr">
         <is>
           <t>4,80</t>
         </is>
       </c>
       <c r="F206" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>