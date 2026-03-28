--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,4539 +269,3975 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109536", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109536", "[ VÍDEO ] GARELI GRAZIELLA CARNIELLE ITALIANA ANO 1969. RARIDADE PARA COLECIONADORES. SEM DOCUMENTOS (FUNCIONANDO)")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109920", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109920", "GM / CORSA SEDAN  PREMIUM 1.4 ECONOFLEX ANO 2007/2008.  LIC e IPVA EM ORDEM (EM FUNCIONAMENTO)")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>10.250,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109537", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109537", "[ VÍDEO ] LAMBRETTA LI ANO 1962 RARIDADE PARA COLECIONADORES, VEIC. ORNAMENTAL SEM DOCUMENTOS, (FUNCIONANDO).")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>4.100,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109918", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109918", "[ VÍDEO ] LAMBRETTA LI ANO1962 DE COMPETIÇÃO DE CORRIDA, CUSTOMIZADA CONFORME OS PADRÕES DE COMPETIÇÃO DA DÉCADA DE 1960, MECÂNICA ORIGINAL EM FUNCIONAMENTO. SEM DOC. VEIC ORNAMENTAL")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109893", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109893", "[ VÌDEOS ] Motocicleta BMW K 1600 GT. Ano 2011/ 2012. Motor 06 Cilindros. Manual , chave Reserva e Controle.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109538", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109538", "[ VÍDEO ] LAMBRETTA LI ANO 1962 RARIDADE PARA COLECIONADORES, VEIC. ORNAMENTAL SEM DOCUMENTOS, (FUNCIONANDO).")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107844", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107844", " Monark Monareta Dobramatic Aro 20 Garupão, Raridade da década de 1970, para Colecionadores")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107879", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107879", " Lambretta LD ano 1959. Italiana. Para restauração. Lambretta muito íntegra e de fácil restauração. Possui documentos antigos, modelo raro totalmente Original.  Relíquia para Colecionadores.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110195", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110195", "[ VÍDEOS ] Pá carregadeira Caterpillar. Mod. 944. Motor Mercedes. Funcionando.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109895", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109895", " [ VÍDEO ] HONDA CB 550 FOUR. ANO 1976. CAFÉ RACER. RELÍQUIA PARA COLECIONADORES. Documentos em ordem.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107872", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107872", " Raríssima Lambretta ISO DIVA MILANO. Ano 1956. Raridade para colecionadores. Não possui documentos. Veículo ornamental.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107851", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107851", " Antigo FreeSkate Caloi, Raridade da decada de 1990, para Colecionadores")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107874", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107874", " VESPA PIAGGIO M3. ANO 1959. TOTALMENTE ORIGINAL. COM DIVERSOS ACESSÓRIOS ORIGINAIS DE ÉPOCA: FRISOS DA PEDANA, BANCOS INDIVIDUAIS, ACABAMENTO PEDANA FRONTAL, RABO DE PEIXE, SUPORTE DE PLACA, GAIOLA DE ESTEPE, CESTINHA E OUTROS. RARIDADE PARA COLECIONADORES SEM PLACA E DOCUMENTOS.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>6.900,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107877", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107877", " Vespa Piaggio M3 ano 1959, Pintura nova em Pu. Obs: está com a parte mecânica desmontada, possui documentos antigos de placa amarela.Raridade para Colecionadores.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107875", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107875", "[ VÍDEO ] Motocicleta Zündapp. Ano 1952. Mod. Ks 601. Foram fabricadas na Alemanha pós 2º Guerra Mundial. Existem apenas 5.075 unidades. Motor 600 Cc box cardan. Relíquia, totalmente Original, para colecionadores. Em funcionamento. Sem placa e sem documento.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109567", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109567", "Fiat Strada HD WK CD E. ANO 2016/ 2017. Documentação em dia. Em funcionamento.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>64</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>40.650,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109568", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109568", "Suzuki Vestron DL 1000cc, Big Trail c/ Diversos acessórios. Ano 2008. (Funcionando).")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>11.400,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109569", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109569", "Triciclo velocípede Antigo, totalmente Original,  Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107878", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107878", "LAMBRETA LI ANO 1965, PLACA AMARELA, TOTALMENTE ORIGINAL, RELÍQUIA PARA COLECIONADORES, EM FUNCIONAMENTO, ORNAMENTAL, SEM DOCUMENTOS.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109583", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109583", "Motocicleta Royal Enfield Clássic 500cc. Ano 2017. Com acessórios. Totalmente Original. Único Dono. Aprox. 3.000 km. Documentação: IPVA e Licenciamento 2021 Pagos. Revisada. (Em funcionamento).")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107876", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107876", " Motocicleta Zündapp Db 202. Ano 1951 de 200cc. Pós Segunda Guerra Mundial. Relíquia, totalmente original, para colecionadores. Sem placa e sem documento. (Carretinha não faz parte do lote))")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107816", "021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107816", " Monark Monareta Tandem Dupla ano 1982. Totalmente Original. Relíquia para Colecionadores.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107835", "022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107835", " RELÍQUIA PARA COLECIONADORES: JAQUETA MILITAR ELVIS PRESLEY. ORIGINAL DE ÉPOCA. EM EXCELENTE ESTADO DE CONSERVAÇÃO, TOTALMENTE ORIGINAL, COM TODOS BOTÕES ORIGINAIS E AINDA É POSSÍVEL LER ACIMA DA TARGETA DO ELVIS O SHOW DE ROCK NO QUAL ESTE SUVENIR ERA VENDIDO NOS SHOWS DO REI DO ROCK. ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107831", "023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107831", " MONARK TRIUNFO TIGRE DÉCADA DE 1980. ARO 20. FREIO TAMBOR, BANCO BANANA, AMORTECEDORES, SUSPENSÃO TRASEIRA ARTICULADA, RELÍQUIA PARA COLECIONADORES")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107817", "024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107817", "MONARK MONARETA GEMINI, ARO 20 PRIMEIRO MODELO DA MONARETA. INSPIRADA NO PROJETO GEMINI DA NASA DOS U.S.A, POR ISSO TEM O DISPOSITIVO DE ENGATE COM ESSE NOME. TOTALMENTE RESTAURADA. RELÍQUIA P/ COLECIONADORES.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109570", "025")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109570", "Mini Jipe Antigo, Original todo em metal, Raridade para Colecionadores")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107840", "026")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107840", " BONECO DO FOFÃO GRANDE, ORIGINAL DE ÉPOCA , DÉCADA DE 1980 ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107841", "027")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107841", " CHEQUE ORIGINAL 14 MESES DE ALUGUEL DO SR MADRUGA PARA O ATOR EDGAR VIVAR  (O Sr BARRIGA) DO CHAVES. ESSE CHEQUE FOI ENTREGUE NO PROGRAMA PÂNICO NA TV NO DIA 18/09/2011, É TOTALMENTE ORIGINAL E EXCLUSIVO, MEDINDO; 2,44 X 1,25 RELÍQUIA PARA COLECIONADORES, SEGUE FOTOS E VÍDEO DO DIA DA ENTREGA.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109540", "028")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109540", " Caixa Térmica Grande. Possui carrinho e freio nos rodízios, tampa articulada removível, com trava em inox nas laterais.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107823", "029")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107823", "[ VÍDEOS ] LOTE C / APROX. 40 MESAS E 01 BALCÃO DE ATENDIMENTO. MESAS DA DÉCADA DE 1960 / 1970 e 1980 EM MADEIRA DE LEI E METÁLICAS. DIVERSOS TAMANHOS E MODELOS, RARIDADES.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107882", "030")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107882", "100 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>990,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107839", "031")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107839", " 06 Jogos de Tapetes completos para: GM Astra, Citroen C4, Renault Clio, Renault Scenic, Fiat Uno e Gm Agile. Lacrados no Plástico. Sem uso.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107836", "032")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107836", " 05 Jogos de Tapetes completos para: GM Onix, Citroen C3, Peugeot 206, Toyota Etios e Fiat Uno. Lacrados no Plástico. Sem uso.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107830", "033")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107830", "BICICLETA CALOI FÓRMULA C-3 , C/ SELETOR DE CÂMBIO DE 03 MANCHAS. RELÍQUIA PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107838", "034")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107838", " 06 Jogos de Tapetes completos para: Honda For, GM Meriva, VW Fox, Citroen Picasso, GM cruze e Ford Ka. Lacrados no plástico. Sem uso.")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107837", "035")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107837", " 06 Jogos de Tapetes completos para: Honda Fit, VW Saveiro, Citroen Aircross, Peugeot 207, Toyota Corolla, Renault Logan. Lacrados no Plástico. Sem uso.")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107853", "036")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107853", "MESA DE SINUCA com 04 Tacos grandes e 01 taco pequeno")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107833", "037")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107833", " Caixa Térmica Grande. Possui carrinho e freio nos rodízios, tampa articulada removível, com trava em inox nas laterais.")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109636", "038")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109636", "Cadeira Barbeiro, James Barker, Século 19, Funcionando, Raridade para Colecionadores.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...15 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107808", "039")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107808", " Monareta Olé 70 Primeira Geração Aro 20, Relíquia Totalmente Original,  década de 1970 p/ Colecionadores")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109589", "040")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109589", "[ VÍDEOS ] LOTE CONTENDO 500 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107819", "041")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107819", " Bicicleta Monark Monareta Mirim série Brasil Ouro 73 c/ Banco Banana de Época, Relíquia p/ Colecionadores.")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109591", "042")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109591", "[ VÍDEOS ] LOTE CONTENDO 500 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107810", "043")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107810", " BICICLETA ORIGINAL. POUCO USO.")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107849", "044")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107849", " Bicicleta Cross aro 20, aros de alumínio e mesa em alumínio., Pneus novos")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107818", "045")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107818", " Bicicleta Antiga Pepita, Relíquia p/ Colecionadores, ( no estado).")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109593", "046")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109593", "[ VÍDEOS ] LOTE CONTENDO 500 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109590", "047")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109590", "[ VÍDEOS ] LOTE CONTENDO 500 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107842", "048")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107842", " Monark Monareta Mirim aro 14, Raridade da década de 1970, para Colecionadores")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109637", "049")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109637", "Conjunto de poltronas Sofá da Renascença, Histórico e Raro, da Realeza do Império do Café, Para Colecionadores")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>9.900,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...25 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109894", "050")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109894", " Monark Barrinha  Circular aro 20 Mirim, breque de pé, Raridade para Colecionadores")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109900", "051")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109900", " Monark Bmx Pantera década de 1980, freio Tambor , aro 20 , Raridade para Colecionadores")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107848", "052")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107848", " Caloi 10 Jovem, aro 24 , Totalmente Original, Raridade da década de 1980,  para Colecionadores")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107852", "053")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107852", " Monark Monareta medalha de Ouro , Raridade da década de 1970, Para Colecionadores")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107847", "054")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107847", " Monark Monareta medalha de Ouro , Raridade da década de 1970, Para Colecionadores")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109896", "055")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109896", " Monark Tigrão ano 1972 , Raridade , Banco Banana e Guidão da Fantástica , p/ Restauração ou Colecionadores")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109898", "056")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109898", " CaloiCross aro 20, Antiga da década de 1980, Original para Colecionadores")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109899", "057")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109899", " 04 Máquinas de escrever Marca Olivetti  mod  Linea 98")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107805", "058")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107805", " Caloi Ceci aro 26, Relíquia da p/ Colecionadores.")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107881", "059")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107881", "200 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109592", "060")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109592", "[ VÍDEOS ] LOTE CONTENDO 500 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107807", "061")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107807", "Monareta Kroos II Aro 20. Relíquia 100% Original, década de 1970 p/ Colecionadores. (Até pneus são originais)")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107825", "062")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107825", " Conjunto Carrinho de Bebê e Cadeirinha automotiva , marca Hércules, Década de 1970, Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107832", "063")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107832", " Monark Monareta Dobramatic Garupão, Aro 20, Brasil de Ouro Raridade da década de 1970, Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109897", "064")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109897", " Luminária de rua ano de 1900 a 1915. Eram importadas dos EUA e fabricadas pela General Electric Company")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109901", "065")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109901", " Lote contendo 13  Ventiladores, de Teto e de Parede, desmontados no estado")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107789", "066")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107789", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107809", "067")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107809", " BICICLETA ORIGINAL, CÂMBIO DUPLO DE MARCHA")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107846", "068")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107846", " Caloi Berlineta Aro 20 Dobrável, Relíquia, para Colecionadores")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107827", "069")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107827", " Bicicleta Monark Antiga aro 28 , Freio de pé, campainha Trim Trim, Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109926", "070")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109926", "Flauta Transversal Profissional Prateada. Com estojo Luxo")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107850", "071")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107850", " Monark Monareta Aro 20, Raridade para Colecionadores.")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110296", "072")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110296", " Barril de madeira de carvalho de 7 Litros. Cheio de Cachaça envelhecida.")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107843", "075")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107843", " Caloi Formula C 3. Aro 20 , Seletor de Marchas Gt-3,  Câmbio de 03 Marchas no Cubo traseiro, Banco Banana, Relíquia da década de 1980, para Colecionadores")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107829", "077")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107829", "  Motor Honda a Gasolina  4 Tempos GX 35. Para uso Diversos como: Estacionário, Bomba d'água, Gerador, Embarcações, Engenho, Roçadeiras, Régua Vibratória, Motopoda. Entre outras funções.")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107866", "080")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107866", "300 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>2.950,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110297", "081")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110297", " Barril de madeira de carvalho de 7 Litros. Cheio de Cachaça envelhecida.")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107826", "082")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107826", " Bicicleta  Bacini mod Corsa 18 Speed Antiga aro 27, Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107788", "083")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107788", " LOTE COM APROX. 300 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107824", "084")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107824", " Bicicleta Monark Antiga aro 28 , Freio de pé, Banco de Molas, Relíquia para Colecionadores,")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107828", "085")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107828", " Bicicleta Monark Monareta  Antiga aro 20 , Relíquia para Colecionadores,")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B16" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110298", "090")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110298", " Barril de madeira de carvalho de 7 Litros. Cheio de Cachaça envelhecida.")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107814", "093")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107814", " Monark Brisa Totalmente Original aro 26, Década de 1980 Relíquia da p/ Colecionadores")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107782", "098")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107782", " LOTE C/ 06 APARELHOS CELULAR E 45  BATERIAS , DIVERSAS MARCAS E MODELOS.")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107800", "103")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107800", " 01- Catraca Eletrônica Digital Marca Telemática Codin Catraca 9000 Toda em Metal e inox ( no estado).")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107784", "105")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107784", " Lote contendo coleção 100 unidades  de Mini-Garrafas, de bebidas originais, diversos rótulos e sabores")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107801", "109")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107801", " 01- Catraca Eletrônica Digital Marca Telemática Sistemas Inteligentes  Bloqueio GB 300.Toda em Metal e Inox  ( no estado).")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107813", "116")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107813", " Monark Monareta Década de 1980 aro 20, Relíquia p/ Colecionadores ( No estado)")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107802", "121")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107802", " 01- Catraca Eletrônica Digital Marca Telemática Sistemas Inteligentes  Bloqueio PD 300.Toda em Metal  ( no estado).")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107815", "132")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107815", "Caloi Ceci aro 26, Relíquia p/ Colecionadores")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107799", "135")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107799", " Jogo de Cama Antigo em Madeira Nobre c/ 09 Gavetas , Colchão Nippomag Magnetizado Terapêutico Ortopédico e 01 Mesa de Centro de madeira Nobre e tampo de vidro.")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107803", "163")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107803", "[ VÍDEO ] LOTE C/ 10 UNIDADES DE CANTIL DE BOLSO EM INOX. 240 ml CHEIOS DE VODKA. VÁRIOS MODELOS. PRODUTO ORIGINAL (SEM USO E COM AS CAIXAS INDIVIDUAIS)")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107820", "164")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107820", " Monark Brisa Totalmente Original aro 26. Década de 1980. Relíquia da p/ Colecionadores")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107798", "180")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107798", " LOTE ÚNICO, COM DIVERSOS ITENS.")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107822", "181")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107822", "02 PARES DE CALÇADOS. SENDO 01 PAR DE BOTAS CANO ALTO Nº 34 E 01 PAR DE SAPATO ALTO Nº 37 (MARCA ELLUS, ORIGINAL)")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107794", "187")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107794", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...15 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107783", "192")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107783", " Lote contendo coleção 100 unidades  de Mini-Garrafas, de bebidas originais, diversos rótulos e sabores")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107821", "196")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107821", " Bicicleta Caloi Cross Pro Neon Aro 20. 100% Original (nunca foi lavada). Década de 1990. Relíquia p/ Colecionadores")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107787", "205")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107787", " LOTE COM APROX. 200 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107778", "247")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107778", "03 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA AMARELINHA ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107793", "250")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107793", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107804", "251")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107804", "[ VÍDEO ] LOTE C/ 10 UNIDADES DE CANTIL DE BOLSO EM INOX. 240 ml CHEIOS DE VODKA. VÁRIOS MODELOS. PRODUTO ORIGINAL (SEM USO E COM AS CAIXAS INDIVIDUAIS)")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107765", "320")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107765", "Diversas churrasqueiras elétricas e Peças.")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107855", "345")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107855", "30 GARRAFAS DE CACHAÇA SABOR AMARULA")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107770", "365")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107770", " 30 GARRAFAS DE VINHO TINTO SUAVE. SAFRA DELVIGO. LEGÍTIMO DE SANTA CATARINA")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107772", "370")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107772", " 30 GARRAFAS DE VINHO TINTO SECO. SAFRA DELVIGO. LEGÍTIMO DE SANTA CATARINA")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107796", "377")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107796", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107768", "380")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107768", " 30 GARRAFAS DE VINHO BRANCO SUAVE. SAFRA DELVIGO. LEGÍTIMO DE SANTA CATARINA")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107775", "390")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107775", "LOTE COM 30 GARRAFAS DE VINHO TINTO SECO.")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107773", "395")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107773", "LOTE COM 30 GARRAFAS DE VINHO TINTO SUAVE.")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110387", "396")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110387", "[ VÍDEOS ] LOTE CONTENDO 500 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107806", "400")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107806", "10 GARRAFAS DE VINHO TINTO SUAVE. 02 LITROS CADA..")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107863", "406")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107863", "30 GARRAFAS DE CACHAÇA PRATA DA ROÇA")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107792", "526")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107792", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107776", "552")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107776", "10 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA PRATA ENVELHECIDA EM BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107786", "563")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107786", " LOTE COM APROX. 300 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110385", "564")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110385", "[ VÍDEOS ] LOTE CONTENDO 500 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107857", "570")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107857", "30 GARRAFAS DE CACHAÇA SABOR AMARULA")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107785", "574")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107785", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107766", "577")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107766", " 30 GARRAFAS DE VINHOS, TINTO SUAVE, TINTO SECO, BRANCO SUAVE, BRANCO SECO E ROSADO, SAFRA DELVIGO LEGÍTIMO, DE SANTA CATARINA")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107856", "580")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107856", "30 GARRAFAS DE CACHAÇA BLEND AMADEIRADA, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107791", "581")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107791", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107780", "582")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107780", "10 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA AMARELINHA ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107862", "665")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107862", " 30 GARRAFAS DE CACHAÇA SABOR AMARULA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107871", "703")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107871", "30 GARRAFAS DE CACHAÇA SABOR COQUINHO COM MEL")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107869", "707")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107869", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA COM MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107790", "710")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107790", " LOTE COM APROX. 300 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107860", "714")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107860", " LOTE C/ 30 GARRAFAS DE CACHAÇA DE BANANA (38 GL). 720ml CADA, FEITA COM EXTRATO NATURAL DE BANANA (CACHAÇA DA ROÇA)")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107868", "752")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107868", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107870", "753")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107870", " 30 GARRAFAS DE CACHAÇA SABOR JABUTICABA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107795", "754")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107795", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110388", "755")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110388", "[ VÍDEOS ] LOTE CONTENDO 500 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107865", "757")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107865", " 30 GARRAFAS DE CACHAÇA SABOR CANELINHA OURO - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107858", "758")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107858", " LOTE C/ 30 GARRAFAS DE CACHAÇA PRATA. 720ml CADA, ENVELHECIDAS NO BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107781", "765")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107781", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107859", "799")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107859", " LOTE C/ 30 GARRAFAS DE CACHAÇA DE BANANA (38 GL). 720ml CADA, FEITA COM EXTRATO NATURAL DE BANANA (CACHAÇA DA ROÇA)")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107779", "800")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107779", "03 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA AMARELINHA ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...351 lines deleted...]
-      <c r="E28" s="5" t="inlineStr">
+      <c r="E147" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F28" s="4" t="inlineStr">
-[...223 lines deleted...]
-      <c r="F35" s="4" t="inlineStr">
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107864", "801")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107864", " 30 GARRAFAS DE CACHAÇA SABOR COQUNHO MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110386", "802")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110386", "[ VÍDEOS ] LOTE CONTENDO 500 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-[...116 lines deleted...]
-      <c r="E39" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107867", "805")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107867", " 30 GARRAFAS DE CACHAÇA SABOR PEQUI - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F39" s="4" t="inlineStr">
-[...3550 lines deleted...]
-      </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107861", "806")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/107861", "30 GARRAFAS DE CACHAÇA DE CARVALHO, ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO, (MACIA E AMADEIRADA)")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>