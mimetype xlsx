--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,4859 +269,4255 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108431", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108431", "[ VÍDEO ] Eixo dianteiro JCB 456 Serial 3.31342.3")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108430", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108430", "[ VÍDEO ] Transmissão Carraro para Retroescavadeira 4x2 sem grupo de válvulas")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108434", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108434", " Motor caterpillar C15 sem modulo e bomba")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108432", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108432", " Cabine Motoniveladora Caterpillar modelo 120G com vidros")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108435", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108435", "[ VÍDEO ] Redutor de  Giro Escavadeira Komatsu PC600 com motor")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108436", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108436", "Redutor de Giro Escavadeira Caterpillar 320BL com motor")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108440", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108440", "[ VÍDEO ] Comando Final Trator de Esteira Catepillar D8L com seguimentos")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108439", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108439", "[ VÍDEO ] Comando Hidráulico Escavadeira Caterpillar 336D")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108438", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108438", "[ VÍDEO ] Redutor de Translação com motor  Escavadeira Liebheer 942C com roda motriz")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108443", "014")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108443", "[ VÍDEOS ] Eixo Dianteiro Pa carregadeira Caterpillar 938G")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108445", "016")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108445", "[ VÍDEO ] 2 Colares de esteira Trator Caterpillar D6M com mao de amigo")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108444", "017")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108444", "[ VÍDEO ] Tandem de Motoniveladora XCMG 180")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108446", "018")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108446", "[ VÍDEO ] Transmissão Trator de Esteira Caterpillar D8L")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108448", "019")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108448", "[ VÍDEO ] Transmissão Motoniveladora Caterpillar 120B")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108449", "020")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108449", "[ VÍDEO ] Transmissão Pá Carregadeira Caterpillar 950G")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108451", "021")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108451", " Cabine Escavadeira JCB JS200 e JS330. Com vidros. Vazia")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108452", "022")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108452", "[ VÍDEO ] Cabine Pa Carregadeira Liebherr L580")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108450", "023")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108450", "[ VÍDEO ] Cabine Pá Carregadeira JCB 456 ZX")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108453", "024")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108453", "[ VÍDEOS ] Tanque de Água Contin. 15.400 Litros")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108454", "025")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108454", " Caçamba Escavadeira JCB JS330")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108457", "026")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108457", " 2 unidades de Esteira Escavadeira JCB JS330")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108455", "027")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108455", "[ VÍDEO ] 2 unidades de Esteiras Caterpillar D8K. 38 elos")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108456", "028")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108456", " Diferencial traseiro Pa Carregadeira 924G Caterpillar")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108458", "029")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108458", " 2 unidades de Plataformas com escada Pá Carregadeira Caterpillar 966H")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108459", "031")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108459", " Caçamba Pa Carregadeira Liebherr L580")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108462", "032")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108462", " Caçamba Pa Carregadeira Komatsu WA320")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108461", "033")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108461", " H da Pa Carregadeira Caterpillar 938G")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108463", "034")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108463", " 2 Radiadores Perkins Novos")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108466", "035")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108466", " Radiador Perkins novo")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108464", "036")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108464", " 2 Radiadores Perkins novos")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108465", "037")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108465", " Cabine Escavadeira Volvo EC700 EC480 EC210")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108467", "038")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108467", " Bloco do Motor Caterpillar D8L")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108472", "040")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108472", " Mini Carregadeiras Caterpillar Mod 226B (1245) sem motor r bombas")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108469", "042")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108469", "Empilhadeira Linde H40D sem motor e bomba")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108470", "043")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108470", " Empilhadeira Linde H40D ano 2005  (669)")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108478", "045")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108478", " Radiador Pa Carregadeira Caterpillar 950F")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108477", "046")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108477", " Radiador Pá Carregadeira Caterpillar 950G")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108475", "047")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108475", " Radiador Pá Carregadeira Caterpillar 962G ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108479", "048")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108479", " Motor de Giro Escavadeira JCB JS 330")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108474", "049")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108474", "[ VÍDEO ] Transmissão Pá carregadeira Caterpillar 962G sem bomba e grupo de Válvula")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108476", "050")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108476", "[ VÍDEOS ] Transmissão Trator de Esteira D8N")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108473", "051")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108473", " Transmissão Trator de Esteira Komatsu D61EX")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108480", "052")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108480", "[ VÍDEO ] Pacotes de Freio com eixo Trator de Esteira Caterpillar D6")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108707", "054")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108707", " Motor de Translação Escavadeira FH220")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108708", "056")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108708", " 2 Rodas para Retroescavadeiras aro 24")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108709", "057")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108709", " 2 Rodas 18.00x34")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108704", "058")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108704", " Concha Escavadeira Hyundai R360")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108705", "059")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108705", " Motor Volvo Modelo D7 ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108702", "061")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108702", "[ VÍDEO ] Transmissão Pá Carregadeira SEM modelo 659C")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108703", "062")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108703", " Eixo traseiro Pá Carregadeira Liebherr L580")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108712", "064")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108712", "[ VÍDEO ] Transmissão Retro Escavadeira Caterpillar 416E")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108714", "065")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108714", "[ VÍDEO ] Radiador Sem uso c aftercooler")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108711", "066")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108711", "[ VÍDEO ] Radiador Sem Uso c aftercooler")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108716", "067")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108716", "[ VÍDEO ] Bomba Hidráulica Escavadeira JCB JS330")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108717", "068")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108717", "[ VÍDEO ] Bomba Hidraulica Sundstrand P23")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108713", "069")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108713", "[ VÍDEO ] Bomba Hidráulica Escavadeira Hyundai R500")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108715", "070")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108715", " Transmissão Automatica")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108718", "071")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108718", "[ VÍDEO ] Transmissão Allisson MT643R")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108719", "072")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108719", "[ VÍDEO ] Comando Hidráulico Traseiro Retroescavadeira Caterpillar 416C")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108721", "073")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108721", " Comando direcional Trator de Esteira Caterpillar D8L")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108720", "074")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108720", "[ VÍDEO ] Comando Hidráulico para Retroescavadeiras")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108722", "075")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108722", "[ VÍDEO ] Comando Hidráulico 3 sessões modelo 752F")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108724", "076")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108724", " Bloco do Motor Caterpillar Trator de esteira D8K")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108723", "077")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108723", "[ VÍDEO ] 02 Rodas Motriz Escavadeira Hyundai R220")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108725", "078")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108725", "[ VÍDEO ] 02 Rodas Motriz Escavadeira Caterpillar 320")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108727", "079")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108727", "[ VÍDEO ] 02 Rodas Motriz Escavadeira Komatsu PC200")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108728", "080")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108728", "[ VÍDEO ] Bomba Hidráulica Escavadeira Liebherr 942C")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108726", "081")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108726", "[ VÍDEO ] Redutor de Translação Escavadeira Case 888")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108732", "082")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108732", "[ VÍDEO ] 02 Articuladores de giro de Retroescavadeira (Cara de Cavalo)")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108731", "083")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108731", " Cabine De Escavadeira Volvo")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108730", "085")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108730", " Roda Guia Trator de Esteira Caterpillar D6")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108736", "087")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108736", " Transmissão Motoniveladora Caterpillar 120G")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108737", "088")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108737", " Transmissão Automática Rolo Compactador XCMG")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108738", "089")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108738", " Kit Comando Lateral Komatsu D61EX")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108734", "090")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108734", " Rolo Compactador Tema Terra SP8000 sem radiador, bom injetora, ,motor de arranque e alternador")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108733", "091")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108733", " Rolo Compactador Dynapac CG 14 Sem eixo diantero e Radiador")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108740", "093")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108740", "Motor Caterpillar D342 para D8H ou D8K")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108743", "095")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108743", "Tanque Hidráulico c Comando e válvula de Ripper Komatsu D61, D65 e Shantui SD16")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108742", "096")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108742", "Máscara Florestal para Trator de Esteira Caterpillar D8H ou K")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108772", "097")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108772", " [ VÍDEO ] Transmissão Combate / SDLG 936")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108774", "098")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108774", " Cabeçote caterpillar 3306 com anti camera com entrada lateral")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108777", "099")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108777", " Bloco Motor Liebherr 6 CC")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108776", "100")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108776", " Comando Hidraulico e Swivel Escavadeira Caterpillar 320")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108773", "101")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108773", " Motor Catrepillar C6 desmontado (Bloco, Eixo, Balancin, Carter, 6 bielas, Parafusos, engrenagens e tampas laterias")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108775", "102")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108775", " Bloco Motor Caterpillar 3116 com capa seca e polia")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108778", "103")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108778", " Bloco do Motor Cummins 4cc")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108779", "104")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108779", " Motor Perkins desmontado 4cc")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108782", "105")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108782", " Motor para Empilhadeira 16V com conversor de Torque")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108780", "106")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108780", " Motor  Iveco 4 cc")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108781", "107")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108781", " Transmissão Pa Carregadeira Komatsu WA320")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108786", "108")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108786", " Virabrequim Cummins Serie 6BT  STD")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>220.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108784", "109")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108784", " Motor Volvo Modelo D16 sem modulo")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108785", "110")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108785", " Motor Volvo Modelo D12 sem modulo")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108783", "111")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108783", " Motor Komatsu PC 600")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108787", "112")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108787", " Motor Volvo parcial Modelo D7")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108788", "113")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108788", " Motor Perkins  6cc com caixa de cambio")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108789", "114")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108789", " Motor Mercedes OM352")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>4.400,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108792", "115")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108792", " Motor Cummins serie C mecanico Parcial")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>7.600,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108790", "116")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108790", " [ VÍDEO ] 5 unidades de Swivel 2 Hyundai R210, 1 Pc200, 1 PC 160 e CAT 320")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108791", "117")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108791", " Motor MWM X10 4cc com bloco do motor furado")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108793", "118")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108793", " Motor Perkins 4cc")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108797", "119")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108797", " Transmissão Pa Carregadeira Caterpillar 924G")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108794", "120")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108794", " Caçamba para Manipuialdores ")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108795", "121")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108795", " Garfo de Tora para Pa Carregadeira")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108796", "122")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108796", " H da Pa Carregadeira SDLG")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108798", "123")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108798", " H da Pa Carregadeira Combat 936")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108799", "124")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108799", " Lamina trator de Esteira Komatsu D65")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108803", "125")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108803", " H e Caçamba da Pa carregadeira Case W20")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108800", "126")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108800", " Caçamba Pa Carregadeira SDLG 936")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108801", "127")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108801", " Caçamba da Pa Carregadeira Caterpillar 924G")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108802", "128")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108802", " Truck trator de Esteira Caterpillar D6C Esquerdo")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108806", "129")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108806", " Truck trator de Esteira Caterpillar D6C Direito")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108804", "130")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108804", " Porquinho Coroa e Pinhão de Fora de Estrada")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108805", "131")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108805", " Motoniveladora Caterpillar 120H ano 2003")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108809", "132")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108809", " Motoniveladora Caterpillar 120H ano 1998")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>83.000,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108810", "133")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108810", "Pá Carregadeira Caterpillar 950F ano 1998")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108807", "134")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108807", " Pá Carregadeira Caterpillar 966C ano 1981 ")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>68.000,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108771", "135")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108771", " Motoniveladora Volvo G710 ano 2008 sem rodas e pneus")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>76.000,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108808", "136")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108808", " 2 Tratores de Esteira Komatsu D65E motor BigCam caixa 15.000 sem rodantes ")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>180.000,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108812", "137")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108812", " Trator de Esteira Komatsu D65A motor Small Cam caixa 15.000. Sapatas Ruins")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108811", "138")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108811", " Motoniveladora Caterpillar. Mod. 120H. Ano 1996")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109181", "139")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109181", "02 Diferenciais com freio a disco e rodas traseiro e dianteiro Pá Carregadeira W20 ou similar")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109432", "140")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109432", " Caixa de Câmbio Scania ")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109430", "141")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109430", " Cabine Pá Carregadeira Hyundai HL 740-7")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109448", "142")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109448", " Cabine Retroescavadeira Case 580L")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109431", "143")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109431", " Tanque Diesel para Trator Caterpillar D6")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109429", "144")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109429", " Bomba de Vácuo ")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109445", "145")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109445", " Coluna de direção com Orbitrol de Pá Carregadeira Case W20")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109449", "146")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109449", " Pistão com 2 velocidades para Prensa")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109443", "147")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109443", " Transmissão ZF desmontada para Pá  Carregadeira Case W20")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109434", "148")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109434", " Plataforma Trator Caterpillar D6")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109442", "149")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109442", " Transmissão Trator de Esteira Caterpillar D6M")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109436", "151")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109436", " [ VÍDEO ] Coroa de Giro Escavadeira Caterpillar 312 B")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109437", "152")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109437", " Coroa de Giro Escavadeira Caterpillar 320 B")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109427", "153")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109427", "[ VÍDEO ] Coroa de Giro Escavadeira Hyundai R500")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109447", "154")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109447", " Par de Rodas Pá Carregadeira Case W 20 medida aro 25")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109435", "155")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109435", " 3 caixa de Câmbio para Caminhões")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109444", "156")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109444", " Motor Scania 111")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>6.200,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109428", "157")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109428", " Diferencial dianteiro de Pá Carregadeira Caterpillar 924G")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109440", "158")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109440", " Diferencial dianteiro de Pá Carregadeira Caterpillar 938G")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109424", "159")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109424", " Cabeçote para Motor Cummins 6cc série B")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109438", "160")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109438", " Motor 3306 com comando de válvulas, tampa, balancim cabeçote e bielas")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...36 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109426", "161")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109426", " Bloco Motor Lieberh com virabrequim")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109420", "162")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109420", "[ VÍDEO ] Motor Parcial IVECO ")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109446", "163")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109446", "[ VÍDEO ] Coroa de Giro Escavadeira Caterpillar 336D")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>8.200,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109439", "164")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109439", " 2 Patolas estabilizadoras Retroescavadeira Case 580H")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109421", "165")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109421", " 2 Patolas estabilizadoras Retroescavadeira Case 580L")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109441", "166")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109441", " 2 Patolas estabilizadoras Retroescavadeira Hyundai H940C")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109433", "167")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109433", "[ VÍDEO ] Motor Isuzu JCB 4 cilindros")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109422", "168")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109422", " Motor Isuzu JCB 6 cilindros")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...4638 lines deleted...]
-      </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109423", "169")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109423", " Transmissão 15.000 Komatsu D65 Parcial ")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>