--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,923 +269,811 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8467", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8467", "  REATOR  EM AÇO INOX 304, COM MISTURADOR, ANO 2011, SÉRIE.: 592, CAP. 15 M³ ,  Altura Aprox.: 3600 mm., Diâmetro Aprox.: 2300 mm.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8471", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8471", "  REATOR  EM AÇO INOX 304, COM MISTURADOR, ANO 2011, SÉRIE.: 592, CAP. 15 M³ ,  Altura Aprox.: 3600 mm., Diâmetro Aprox.: 2300 mm.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8468", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8468", "  REATOR  EM AÇO INOX 304, COM MISTURADOR, ANO 2011, SÉRIE.: 592, CAP. 15 M³ ,  Altura Aprox.: 3600 mm., Diâmetro Aprox.: 2300 mm.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8470", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8470", "  REATOR  EM AÇO INOX 304, COM MISTURADOR, ANO 2011, SÉRIE.: 592, CAP. 15 M³,  Altura Aprox.: 3600 mm., Diâmetro Aprox.: 2300 mm.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8469", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8469", "  REATOR  EM AÇO INOX 304, COM MISTURADOR, ANO 2011, SÉRIE.: 592, CAP. 15 M³ ,  Altura Aprox.: 3600 mm., Diâmetro Aprox.: 2300 mm.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8472", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8472", "  REATOR  EM AÇO INOX 304, COM MISTURADOR, ANO 2011, SÉRIE.: 592, CAP. 15 M³ ,  Altura Aprox.: 3600 mm., Diâmetro Aprox.: 2300 mm.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8473", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8473", "  REATOR  EM AÇO INOX 316, COM MISTURADOR, ANO 2011, SÉRIE.: 593, CAP. 15 M³ ,  Altura Aprox.: 3600 mm., Diâmetro Aprox.: 2300 mm.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8476", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8476", "  REATOR  EM AÇO INOX 316, COM MISTURADOR, ANO 2011, SÉRIE.: 593, CAP. 15 M³ ,  Altura Aprox.: 3600 mm., Diâmetro Aprox.: 2300 mm.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8474", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8474", "  REATOR  EM AÇO INOX 316, COM MISTURADOR, ANO 2011, SÉRIE.: 593, CAP. 15 M³ ,  Altura Aprox.: 3600 mm., Diâmetro Aprox.: 2300 mm.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8477", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8477", "  REATOR  EM AÇO INOX 316, COM MISTURADOR, ANO 2011, SÉRIE.: 593, CAP. 15 M³ ,  Altura Aprox.: 3600 mm., Diâmetro Aprox.: 2300 mm.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8475", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8475", "  DISPERSOR DO FILTRO PRENSA  EM AÇO INOX, DIMENSÕES APROX. 2000 X 1700 MM, COM MISTURADOR. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8481", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8481", "  DISPERSOR DO FILTRO PRENSA  EM AÇO INOX, DIMENSÕES APROX. 2000 X 1700 MM , COM MISTURADOR. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8483", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8483", "  DISPERSOR DO FILTRO PRENSA  EM AÇO INOX, DIMENSÕES APROX. 2000 X 1700 MM . COM MISTURADOR. ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8479", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8479", "  DISPERSOR DO FILTRO PRENSA  EM AÇO INOX, DIMENSÕES APROX. 2000 X 1700 MM , COM MISTURADOR. ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8480", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8480", "  PULMÃO DECANTADER EM AÇO INOX, ANO 2011, CAP. 05 M³ ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8478", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8478", " PULMÃO DO DISPERSOR EM AÇO INOX 316, ANO 2011, SÉRIE.: 604-605 CAP. 15.000 LITROS")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8482", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8482", " DISPERSOR AÇO INOX 316 15.000 LITROS       ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8484", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8484", " DISPERSOR AÇO INOX 316 15.000 LITROS       ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8512", "031")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8512", " TUBOS DE POLIPROPILENO DE 3"")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...282 lines deleted...]
-      <c r="D21" s="4" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8513", "032")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8513", "Tesoura Hidráulica")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8490", "033")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8490", " CALDEIRA A VAPOR ECAL VMI-5000, ANO 2010, POTÊNCIA TÉRMICA.: 3,210.000 KCAL/H COM TANQUE MODELO TCH-500 / COLETOR DE VAPOR DE 5000 Kg / 3 COLETORES DE VAPOR DE 1.500 Kg")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8489", "034")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8489", " FUNIL DE PP P/FILTRO PRENSA 1000X1000MM           ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8491", "035")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8491", " FUNIL DE PP P/FILTRO PRENSA 1000X1000MM           ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8492", "036")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8492", " FUNIL DE PP P/FILTRO PRENSA 1000X1000MM           ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8493", "037")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8493", "FILTRO PRENSA  TECITEC TTIFP1-60, ANO 2010, SÉRIE.: 7759-6 ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E21" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D23" s="4" t="inlineStr">
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>90.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8494", "038")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8494", "DECANTER CENTRIFUGO MODELO JUMBO COM PAINEL")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E23" s="5" t="inlineStr">
-[...213 lines deleted...]
-      <c r="C30" s="4" t="inlineStr">
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>86.300,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8495", "039")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8495", "Ponta Tubo sem costura - Sem Uso")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D30" s="4" t="inlineStr">
+      <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E30" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F31" s="4" t="inlineStr">
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-[...190 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8496", "040")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8496", "Ponta Tubo com costura - Sem Uso")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>