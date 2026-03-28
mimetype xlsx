--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1019 +269,895 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108599", "022")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108599", "CHEVROLET/S10 LS DS4 4X4; 2017/2018; BRANCA; DIESEL - FUNCIONANDO - FROTA 686")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109574", "091")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109574", "NISSAN MARCH 10S; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 724")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109575", "092")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109575", "FIAT/STRADA WORKING; 2015/2016; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 754")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>23.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109576", "093")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109576", "FIAT/STRADA WORKING; 2015/2016; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA H65")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109577", "094")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109577", "VW/SAVEIRO CS ST MB; 2016/2016; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 186")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109578", "095")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109578", "NISSAN MARCH 10S; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 014")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109579", "096")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109579", "NISSAN MARCH 10S; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 952")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109581", "097")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109581", "NISSAN MARCH 10S; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 755")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109582", "098")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109582", "FIAT MOBI LIKE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 944")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109584", "099")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109584", "NISSAN MARCH 10S; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 143")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108602", "100")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108602", "CAMINHÃO FORD/F600 CARROCERIA ABERTA; 1976/1976; BRANCO; DIESEL - FUNCIONANDO - FROTA A71")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>26.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108603", "101")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108603", "CAMINHÃO FORD/CARGO 2628 E BETONEIRA; 2009/2010; BRANCA; DIESEL - FUNCIONANDO - FROTA C45")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>117.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108604", "102")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108604", "CAMINHÃO IVECO TRAKKER 720T42TN; 2009/2010; BRANCA; DIESEL - FROTA G68")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>66.250,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108605", "103")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108605", "CAMINHÃO M.BENZ L 1519; 1981/1982; BRANCA; DIESEL; CARROCERIA ABERTA - FUNCIONANDO - FROTA 485.                 ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108600", "104")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108600", "VW/POLO CL AD; 2019/2019; PRETO; ALCO./GASOL.; AUTOMÁTICO - FUNCIONANDO - FROTA J13")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>59.800,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108606", "107")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108606", "CAMINHÃO FORD/CARGO 1722 CN; 2011/2012; BRANCO; DIESEL; COM COMPACTADOR DE LIXO - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>92.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108598", "108")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108598", "BMW 328I 3A51; 2013/2014; BRANCO - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>44.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109647", "109")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109647", "I/PEUGEOT 408 ALLURE; 2011/2012; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA C78")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109648", "110")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109648", "CITROEN C3 GLX 14 FLEX; 2009/2010; PRETA; ALCO./GASOL. - FUNCIONANDO - FROTA 634.")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109649", "111")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109649", "FORD F75; CARGA CAMINHONETE; 1976/1976; AZUL; GASOLINA - FUNCIONANDO - FROTA A82")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108608", "115")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108608", "CITROEN/JUMPER M33M 2.3; 2016/2017; BRANCA; DIESEL - FUNCIONANDO - FROTA 730")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>40.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108607", "200")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108607", "GM/BLAZER ADVANTAGE; 2009/2010; PRETA; ALCO./GASOL. - FUNCIONANDO - FROTA D58")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108610", "228")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108610", "GM/BLAZER COLINA; 2004/2005; BRANCA; GASOLINA - FROTA F58")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108609", "237")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108609", "VECTRA ELITE; AUTOMÁTICO; 2010/2011; PRETO; BANCOS DE COURO - FUNCIONANDO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>17.250,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108618", "241")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108618", "JTA/SUZUKI BANDIT 650; 2011/2011; CINZA; GASOLINA - FROTA E22")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108611", "253")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108611", " veja vídeo - ONIBUS M.BENZ/INDUSCAR FOZ U, ANO 2010/2010 CAP 31 P - FUNCIONANDO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108612", "254")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108612", "ÔNIBUS M.BENZ/INDUSCAR APACHE U, ANO 2010/2010 CAP 26 P - FUNCIONANDO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>7.250,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108617", "255")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108617", "HONDA/CIVIC LX; 2002/2002; PRETO - FUNCIONANDO - FROTA 92")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108613", "256")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108613", "RENAULT/SANDERO STEPWAY; 2010/2010 - FUNCIONANDO")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108614", "259")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108614", "VW/UP MOVE MB TSI; 2015/2016; PRETO; ALCO./GASOL. - FUNCIONANDO - FROTA J64")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108616", "265")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/108616", "TOYOTA/COROLLA SEG18VVT; 2003/2003; PRETA; GASOLINA - FUNCIONANDO - FROTA F72")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>