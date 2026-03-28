--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,1083 +269,951 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109385", "400")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109385", " GUI. TELESCÓPICO MADAL  MD 30 - 2003 - FR 462")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>56.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109384", "401")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109384", " GUI. TELESCÓPICO MADAL  MD 30 - 2004")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109383", "402")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109383", " EMPILHADEIRA CLARK 100 CPM70D 2006 - FR 152")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>29.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109392", "440")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109392", " CAMINHÃO VW 24-220 EURO3 WORKER 2006/2006 - FR WORKER")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>146.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109395", "502")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109395", " LINHA DE EIXO  BISELLI  3 EIXOS - 1977/1978 -  FR 236")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109393", "540")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109393", " LINHA DE EIXO BISELLI  4 EIXOS - 1977 -  FR 240")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109388", "556")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109388", " EMPILHADEIRA CLARK  C60STD - 2007  - FR 244")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109391", "562")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109391", " CAMINHÃO VOLKSWAGEN  CONSTELLATION 24.280 - 2012 - FR  550")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>62.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109387", "563")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109387", " CAMINHÃO VOLVO NL 12360 - 6X4T EDC - 1997/1998 - FR  142")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>84</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109397", "593")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109397", " EMPILHADEIRA  TOYOTA 4FG - 2000 - CAP 2,5 TON - FR 199")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109390", "594")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109390", " PLATAFORMA MANITOU  120AE - 2000 - FR  59")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109396", "595")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109396", " EMPILHADEIRA CLARK C80STD - 2007 - CAP 7 TON - FR 245")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>52.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109386", "596")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109386", " PLATAFORMA JLG  600 AJP - 2005 - FR  135")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>108</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109394", "597")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109394", " EMPILHADEIRA HYUNDAI  110D7E - FR 649")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109389", "599")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109389", " TANQUE RESERVATÓRIO BEATRIZ IMPLEMENTOS   BRIGADISTA - 2019 - FR  830")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109398", "722")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109398", " TANQUE RESERVATÓRIO BEATRIZ IMPLEMENTOS   BRIGADISTA - 2019 - FR  829")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109400", "727")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109400", " CARRETA PRANCHA DAMBROZ  4 EIXOS - 2011 - FR 435")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>111.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109402", "729")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109402", " CARRETA PRANCHA LENÇÓIS 5 EIXOS - 2014 - FR 694")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>101.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109401", "733")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109401", " TANQUE RESERVATÓRIO BRIGADISTA - FR 673")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109404", "743")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109404", " CAMINHÃO INTERNACIONAL  NAVISTAR/ INTERN 9800 6X4 - 2001/2001 - FR  50")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109406", "745")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109406", " CAMINHÃO VOLKSWAGEN  5.140E DELIVERY - 2008/2008 - FR  247")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>87</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109405", "767")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109405", " MANIPULADOR MANITOU MT 1337 SL - 1999 - FR 60")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>59.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109399", "768")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109399", " PÓRTICO ROLANTE")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>122.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109403", "769")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109403", " GUI. TELESCÓPICO MADAL  MD 30 - SOMENTE UPPER - 2003 - FR  464")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>66.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109409", "786")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109409", " CAMINHÃO FORD  F4000G - 2006/2006 - FR  141")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>67.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109407", "788")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109407", " TANQUE RESERVATÓRIO BEATRIZ IMPLEMENTOS  PIPA - 2020")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109408", "794")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109408", " EMPILHADEIRA HYSTER   H155XL2 - 2005 - FR  129")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109414", "804")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109414", " CAMINHÃO FORD  CARGO 2629 - 2012/2013 - FR  673")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>83</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>137.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109411", "805")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109411", " EMPILHADEIRA HYSTER  H155XL2 - 2005 - FR 138")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>70.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109412", "812")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109412", " EMPILHADEIRA HYSTER H155XL2 - 2005 - FR 131")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109410", "819")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109410", " TANQUE RESERVATÓRIO BEATRIZ IMPLEMENTOS  PIPA - 2020 - FR  673")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109415", "821")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109415", " ÔNIBUS VOLKSWAGEN MARCOPOLO IDEALE - 2012/2012 - 48 LUGARES - FR 641")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>74.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109512", "822")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109512", "TANQUE RESERVATÓRIO LÍDER PIPA 20000l - 2018 - FR 551")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>