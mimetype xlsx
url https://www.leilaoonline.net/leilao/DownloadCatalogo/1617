--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,763 +269,671 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109800", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109800", " MISTURADOR PLANETARIO, MARCA: MACOCER")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109801", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109801", " PRENSA HIDRAULICA 400T, MARCA FKA ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109803", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109803", " REDUTOR FLS, REDUÇÃO 1: 5,5 / PARA MOTOR DE 500CV")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109804", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109804", " DOSADOR PIOVAN, COMPLETO COM PAINEL, MODELO: MDW 200/22 PRA 200KG/HR")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109805", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109805", " EXTRUSORA CIOLA 30MM, MODELO: MACH30, COM MOTOR E VARIMOT, SEM ROSCA ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109802", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109802", " CENTRIFUGA DRYER GALA, MARCA: GALA, MODELO: 32.5 DW, CAPACIDADE PARA ATE 25T/HR, COM MOTOR ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109806", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109806", " EXTRUSORA PARA LABORATORIO 16MM, FABRICANTE THERMOHAKE, COMPLETA, COM MOTOR, FERRAMETA, CABEÇOTE")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109807", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109807", " MOINHO MARTELO 900MM, NÃO POSSUI MOTOR, FABRICANTE CLERO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109813", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109813", " SULGADOR DE GRÃOS, FABRICANTE HANDLAIR, MODELO 550D, MOTOR A DIESEL JHONDEERE, CAPACIDADE 80T/HR, 260HR DE USO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109810", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109810", " INJETORA PARA TARUGO DE NYLON, FABRICANTE KMH, MODELO 60S")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109809", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109809", " LOTE DE REDUTOR TRANSMOTECNICA, 4 UNIDADES, REDUÇÃO 1:20 ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...181 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109811", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109811", " GUILHOTINA, FABRICANTE GORRAN, 82CM DE MESA DE CORTE, COM MOTOR ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109812", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109812", " MISTURADOR PAPENMAIR PARA PVC, COM MOTOR DE 40CV, INTERNA EM AÇO INOX")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109808", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109808", " CORTADOR DE TUBO HORIZONTAL ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109815", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109815", " MOINHO DIPRE HORIZONTAL, COM MOTOR DE 7,5CV FUNCIONANDO, ESTÁ SEM FACAS")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109814", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109814", " MOINHO DIPRE HORIZONTAL, COM MOTOR DE 7,5CV FUNCIONANDO, ESTÁ SEM FACAS")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109817", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109817", " MOINHO DIPRE HORIZONTAL, COM MOTOR DE 7,5CV FUNCIONANDO, ESTÁ SEM FACAS")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109816", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109816", " MOINHO DIPRE HORIZONTAL, COM MOTOR DE 7,5CV FUNCIONANDO, COM FACAS")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109818", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109818", " EXTRUSORA DUPLA ROSCA CÔNICA 100MM/50MM, MARCA AMERICAN MAPLAN, ACOMPANHA CANHÃO E ROSCA RESERVA ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109819", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109819", " CANHÃO E ROSCA PRA INJETORA 125MM, MARCA: ROMI, COMPRIMENTO TOTAL 3,60M.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109820", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109820", " EXTRUSORA BARMAG 90MM, NO ESTADO, ESTAVA TRABALHANDO COM NYLON")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...414 lines deleted...]
-      </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109892", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109892", " SECADORA PARA PLÁSTICO, COMPRIMENTO 2M X 500MM / MOTOR 15CV ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109891", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109891", "REDUTOR DE TRANSMOTÉCNICA")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>