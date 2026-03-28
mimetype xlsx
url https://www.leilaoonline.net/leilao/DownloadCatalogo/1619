--- v0 (2025-11-05)
+++ v1 (2026-03-28)
@@ -269,2459 +269,2155 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110293", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110293", "Lote de Marcenaria completa - 8 itens ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110241", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110241", "Linha de produção de biodiesel completa - desmontada - sem uso (anexo no descritivo de itens) - ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110261", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110261", " Equipamentos de padaria e cozinha industrial ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110231", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110231", " Redutor de velocidade com carretel para cabo de aço capacidade 5 toneladas")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110229", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110229", " Máquina de gravação Puncionadeira PPW-25 - Completa - Com manual. Para gravação de metais cnc")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110228", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110228", " Moinho de tinta")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110230", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110230", " Lote com: 3 unidades de torre de refrigeração Antpol ESR")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110233", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110233", " Prensa hidráulica para borracha - Luxor com capacidade para 60 toneladas - Com aquecimento ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110232", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110232", " Fresadora para engrenagem de produção")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110242", "015")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110242", "Lote com: 8 unid. máquina de fazer café , 1 unid. processador de alimentos e 1 unid. masseira gpaniz")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110234", "023")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110234", " Aquecedor indutivo para soldar ferramentas politron")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110240", "026")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110240", "Lote com: 8 unidades de reservatório de 200 litros de pp ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110239", "028")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110239", "Solda projeção simonek 100 Kva")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110236", "032")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110236", " Cabeçote fresador para fresa vigorelli fua300 ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110238", "034")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110238", " Bomba de vácuo ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110235", "035")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110235", " Máquina para pesar medir cubagem de caixas")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110237", "039")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110237", " Solda ponto suspensa de 40 Kva")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110243", "041")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110243", " Lote com: 2 bombas de vácuo ibran 4 e 7,5 cv ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110244", "053")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110244", " Politriz ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110248", "054")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110248", " Filtro prensa para óleo")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110245", "056")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110245", " Lote com: 9 bancadas de ferro - reforçado")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110246", "060")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110246", " Esteira de aço inox ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110247", "064")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110247", " Lixadeira de cinta dupla")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110254", "067")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110254", " Impressora 3D Dwos")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110249", "069")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110249", " Máquina para solda fita de serra")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110253", "070")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110253", " Esmeril Jowa 1,5cv")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110252", "071")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110252", " Lote com: 2 talhas manual para 5 toneladas com troller")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110250", "074")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110250", " Lote com:  6 uni. seladoras para lona plastica haramura")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110251", "075")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110251", " Motor elétrico 15 cv 4 polos Weg")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110255", "076")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110255", " Máquina de solda alta frequência politron ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110256", "077")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110256", " Lote com: 2 aspirador de pó industrial - Novo japão - 4Cv")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110259", "079")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110259", " Prensa excentrica com freio fricção com nr12 -  80 toneladas -  Schule")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110257", "080")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110257", " Prensa excentrica freio fricção - 85 toneladas marca Super Victor - com nr12")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110260", "083")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110260", " Máquina de corte e vinco automático ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110258", "086")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110258", " Máquina para encher bichinho de pelúcia")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110279", "087")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110279", " Torre de resfriamento")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110280", "088")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110280", " Compressor de ar - 40 pés")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110275", "090")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110275", " Furadeira de coluna Krone KM 40 ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110271", "091")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110271", " Retífica cilíndrica Vigoreli")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110276", "092")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110276", " Prensa hidráulica elétrica - 100 toneladas")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110266", "093")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110266", " Misturador de inox - 900 litros")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110262", "094")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110262", " Perfiladeira - 8 castelos")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110277", "095")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110277", " Plaina limadora - 400mm")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110264", "096")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110264", " Puncionadora para chapas")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110265", "097")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110265", " Picotador de plástico Sagec - 160mm")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110273", "098")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110273", " retífica cilíndrica Mello Uns2")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110269", "099")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110269", " Estufa para pintura à gás")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110263", "100")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110263", " Serra de fita vertical Invicta - 800mm")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110267", "102")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110267", " Lote com: 9 Máquinas de costura industrial - 2 cortadores de tecido - fechadura e pesponpadeira")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110270", "103")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110270", " Fresadora universal iso 30")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110268", "104")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110268", " Estufa elétrica para plástico")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110272", "105")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110272", " Banco de baterias com 32 unidades de baterias")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110274", "106")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110274", " Misturador de cola em inox ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110278", "108")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110278", " Ferramentas de injeção e estamparia para fabricação de chaves de fenda philips - fábrica Facito")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110282", "109")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110282", " Misturador de aço Inox - 1.000 litros")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110284", "110")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110284", " Misturador de aço Inox - Com vibração - 1.000 litros")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110286", "111")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110286", " Fresadora Chaveteira")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110281", "112")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110281", " Lote com: 3 unidades de prensas Excêntricas - Sendo 2 unidades de 12 ton. E 1 unidade de 15 ton.")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110289", "113")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110289", " Prensa Excêntrica - 8 ton.")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110290", "114")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110290", " Retifica cilíndrica vigoreli")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110283", "115")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110283", " Prensa estampo para esquadria matriztec")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110292", "116")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110292", " Tesoura rotativa")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110288", "117")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110288", " Lote com: 6 unidades de bombas para combustível")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110291", "118")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110291", " Lote com: 2 unidades de aspirador de pó novo Japão -  3 cv")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110285", "119")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110285", " Bomba de vácuo compressor radial  - 15 cv")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110287", "120")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110287", " Lote com: 2 unidades de furadeiras múltiplas ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110369", "121")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110369", "Máquina para pintura eletrostática ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110370", "122")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110370", "Endireitadeira de vergalhão meccal até 10 mm ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110377", "123")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110377", "Endireitadeira para vergalhão meccal mec 10 para até 6 mm ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110378", "124")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110378", "Retifica de copo mesa magnética 150mm")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110379", "125")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110379", "Torno mecânico imor 650 2.20 x 650 mm")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110380", "126")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110380", "Moinho de bola para mineração")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110381", "127")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110381", "Retifica cilíndrica vigoreli")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110382", "128")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110382", "Eletro-erosão Altec  ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...639 lines deleted...]
-      <c r="E34" s="5" t="inlineStr">
+      <c r="E84" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
-      <c r="F34" s="4" t="inlineStr">
-[...346 lines deleted...]
-      <c r="E45" s="5" t="inlineStr">
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110383", "129")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110383", "Torno mecânico imor 1000x400mm")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
-      <c r="F45" s="4" t="inlineStr">
-[...1278 lines deleted...]
-      </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110384", "130")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110384", "Picotador de plástico sagec 160")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>