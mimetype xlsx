--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,699 +269,615 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109513", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109513", "RENAULT FURGÃO TRAFIC FCC, 2000/2001, BRANCA, Gasolina, APROX. 58.947 KM,  3 portas - LOCALIZAÇÃO: SOBRAL/ CE  ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109542", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109542", "VW SAVEIRO 1.6 2005/2006, BRANCA, ALCOOL/GASOL - LOCALIZAÇÃO: Botucatu/ SP")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109533", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109533", "SUCATA - VW SAVEIRO, 2006, BRANCO, FLEX - LOCALIZAÇÃO: Bairro de São Miguel Paulista - São Paulo/ SP")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109529", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109529", "SUCATA MOTO HONDA CG 125 TODAY, ANO 1992, VERMELHA, Gasolina, APROX.152.170 KM - LOCALIZAÇÃO: SOBRAL/CE")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109545", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109545", "PLAINA Rocco - 500 / II verde - LOCALIZAÇÃO: Vidal Ramos - SC ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109553", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109553", "Bomba d'água  HAUPT - Motores Bufalo Azul - LOCALIZAÇÃO: Araçariguama – SP")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109555", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109555", "SUCATA Carcaça de transformador, Cinza, TR-8 - LOCALIZAÇÃO: Araçariguama – SP")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109557", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109557", "RELOGIO DE PONTO TRIX MOD XTM COMPACT PLUS CD 60 6 - LOCALIZAÇÃO: RIO DE JANEIRO / RJ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109535", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109535", "CONTROLADOR MICROPROCESSADO FANEM 320/3, MODELO MP FAB 0500, POTÊNCIA 3500 W, BEGE E AZUL - LOCALIZAÇÃO: NOBRES/ MT")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109539", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109539", "CROWN PW3520-80, 2009, CINZA, CAPACIDADE 1.500 KG - LOCALIZAÇÃO: SOBRAL /CE")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109541", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109541", "SKAN EP 1200, 1999, AMARELA, CAPACIDADE 1.200 KG - LOCALIZAÇÃO: SOBRAL /CE")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109534", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109534", "SUCATA CROWN PW3520-80, 2009, CINZA, Elétrico, CAPACIDADE 1.500 KG - LOCALIZAÇÃO: SOBRAL/ CE          ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109556", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109556", "MAQUINA FRAGMENTADORA DE PAPEIS AURORA MOD AS702-MX - LOCALIZAÇÃO: RIO DE JANEIRO / RJ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109554", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109554", "FILTRO Bernauer FB-ESP, 1980 - LOCALIZAÇÃO: Cantagalo - RJ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109551", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109551", "CARRINHO PERFIL - LOCALIZAÇÃO: RIO DE JANEIRO / RJ ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109549", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109549", "REFILADORA DE PAPEL MARCA LASSANI MED  46 CM - LOCALIZAÇÃO: RIO DE JANEIRO / RJ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109544", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109544", "VÁLVULA Johannes Moller, 1980 - LOCALIZAÇÃO: Cantagalo - RJ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109543", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109543", "INDICADOR DIGITAL 9091 KIT LOOP DE CORRENTE P BALA - LOCALIZAÇÃO: RIO DE JANEIRO / RJ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109532", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109532", "MAQUINA DE CAFE EXPRESSO SAECO  MOD STRATOS - LOCALIZAÇÃO: RIO DE JANEIRO / RJ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109531", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109531", "COFRE DE AÇO MARCA VULCANO N 4174 - LOCALIZAÇÃO: RIO DE JANEIRO / RJ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109530", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109530", "BEBEDOURO ELETRICO PRESSAO 40 L MASTERFRIO 110 V A -  LOCALIZAÇÃO: RIO DE JANEIRO / RJ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>