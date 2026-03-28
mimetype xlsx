--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,507 +269,447 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109514", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109514", " Rolo Compactador Dynapac Mod. CA 152 ( funcionando) Ano 1999")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109516", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109516", " Trator de Pneus New Holland Mod. TM 180 ( funcionando) Ano 2008")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>151</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>135.100,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109520", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109520", " Trator de Pneus Massey Ferguson Mod. 297 Advanced ( funcionando) Ano 2009")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>78</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>96.700,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109517", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109517", " Motoniveladora Fiatallis Mod. FG170 ano 2002 (funcionando) Ano 2002")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>102.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109515", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109515", " Escavadeira Hidráulica John Deere Mod. 250G ano 2014( funcionando) Ano 2014")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>75</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>250.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109519", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109519", " Motoniveladora Caterpillar Mod. 120H (funcionando) Ano 1999")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>131.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109518", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109518", " Rolo Pneu Muller Mod. AP23 ( funcionando)- hidrostatico/diferencial avariado Ano 1984")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109521", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109521", " Rolo Pneu Muller (funcionando) Ano 1979")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>31.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109522", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109522", " Rolo Compactdor Muller Mod. VAP 70. Ano 1982 ( sem motor)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109525", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109525", " Rolo Compactador Tema Terra Mod. SP 255 Ano 1978")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109523", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109523", " Rolo Compactador Tema Terra Mod. SP 8000 ( não funciona- sem transmissão)")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109524", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109524", " Pá Carregadeira Caterpillar Mod. 966C - ( não funciona/falta peças/ transmissão caterpillar)")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109526", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109526", " Pá Carregadeira Caterpillar Mod. 966C - ( desativado Operacional)")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...181 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109527", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109527", " Pá Carregadeira Caterpillar Mod. 966R ( desativado operacional)")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...191 lines deleted...]
-      <c r="E23" s="5" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
-      <c r="F23" s="4" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109528", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109528", " UTV - Polaris mod. RZR XP 1000")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>