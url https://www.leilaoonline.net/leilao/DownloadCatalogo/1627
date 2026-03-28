--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,2491 +269,2183 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109837", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109837", "Caminhão M.Benz 1113. Ano 1970. Poliguindaste")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>49.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109855", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109855", "VW Saveiro 1.6. Ano 2010. Ar condicionado. Direção hidráulica. Vidro elétrico. Aprox 126.000 km")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109829", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109829", "Pulverizador marca kf/Pla. Modelo 2500. Ano 2017")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>380.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109827", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109827", " Tanque 20.000 litros. Marca Gascon.Bom estado de conservação (somente o tanque)")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>59.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109825", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109825", " Tanque Gascom 15.000 litros. Calda pronta. Em bom estado (somente o tanque)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112917", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112917", " 01 Dobradeira Amada 100 ton. 2 metros. Carbono, 4mm 3 metros de comprimento. Funcionando")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>172.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112916", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112916", "[ VÍDEO ] CORTE A LASER marca TRUMPF. Mod. TLF 4000 turbo. Ano 2000. Potência nominal de 4000v. Potência real de 2900v. Possui estabilizador de 100 kva de 220w. Saida de 440w")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>345.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109821", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109821", "CHASSI DOCUMENTADO PARA MONTAR TRAILER PARA CAMPING")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109856", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109856", "Caminhão M.Benz LS 1941. Ano 1991. Funcionando")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>59.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109826", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109826", "  Conjunto com concha e lâmina. Marca Tatu. Acoplamento para tratores Case e New Holland 6 cilindros")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>34.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109830", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109830", " Plataforma Marca Massey Ferguson. Modelo 5/90")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109832", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109832", " Esparramador de palha. Marca Bandeirantes para colheitadeira Massey Ferguson")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109831", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109831", " Distribuidor de semente. Marca Stara sfil. 7 bocas")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109867", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109867", "Escarificador marca Piccim 11 hastes. Ano 2014")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>56.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109828", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109828", " Kit caixa de peneira e bandejão. Marca New Holland. Para colheitadeira tc 59. Em bom estado de conservação")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109834", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109834", "Peças para colhedeira de cana  sem uso - Dvs marcas (planilha em anexo)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109835", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109835", "Peças para caminhão -  sem uso - Dvs marcas (planilha anexa)")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109836", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109836", "Peças para veículos-  sem uso - Dvs marcas (planilha em anexo)")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109857", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109857", "Fiat Uno Mille Economy. Flex. Ano  2009/10. Aprox. 140.000 km")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109858", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109858", "Empilhadeira Taylor. Mod. T360. Capacidade: 18 tons. Ano: 1988. Motor: OM 352 Turbo revisado. Transmissão: Alisson 3 marchas a frente e tres a ré. Funcionando.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>160.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109859", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109859", "Rolo Compactador Tema Terra. Mod. SPV 84. Tipo: Pé de carneiro Capacidade: 18 tons. Ano: 1988. Motor: OM 352. Bombas e motores hidraulicos recondicionados. Funcionando.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>115.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109860", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109860", "[ VÍDEO ] PEUGEOT 408 ALLURE. FLEX. ANO 2011/2012")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109861", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109861", "[ VÍDEO ] FIAT PALIO WK TREKK 1.6. FLEX. ANO 2012/13")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>15.250,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112047", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112047", "[ VÍDEO ] Toyota Corolla XEI20 Flex. Ano 2012/ 2013")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109862", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109862", "[ VÍDEO ] CITRÖEN C4 20GLXA5P F . FLEX. ANO 2010/11")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109873", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109873", "[ VÍDEO ] FIAT PALIO WK TREKK 1.6. FLEX. ANO 2012/ 2013")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109875", "029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109875", "FIAT PALIO WK TREKK 1.6. FLEX. ANO 2012/ 2013.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112912", "094")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112912", " 01 Siladeira Cremasco (c/ suporte p/ motor elétrico) e 1 motor estacionário a diesel Yanmar")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112913", "095")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112913", " 01 Baú de 3 portas -07,30 mts comprimento, 2,4 mts de altura e chassi 87mm de largura")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112914", "096")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112914", " Carroceria de cana")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112915", "097")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112915", " Caminhão M.BENZ L 1113. Ano 1974. Com motor 366.. Caçamba não inclusa")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112043", "098")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112043", " Carrocerria Cavalim")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112044", "099")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112044", " Carrocerria Cavalim")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112046", "100")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112046", " Semi reboque carroceria aberta Randon SR CA 2005/2006. Sem pneus. Sem rodas")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>38.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112045", "101")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112045", " Semi reboque carroceria aberta Randon SR CA 2003/2003 . Sem pneus. Com doly sem documento.")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>44.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109822", "102")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109822", " Trio Elétrico: Caminhão MB/ L 113. Ano 1976. Chassi alongado. Potência total de som: 58.000 Watts")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109843", "103")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109843", "CARROCERIA DE MADEIRA PARA D20 DUPLA")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109823", "104")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109823", "[ VÍDEO ] VW Gol 1.6. Ano 1988. Etanol. Segundo dono. Funcionando. Bom estado.")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109844", "105")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109844", "CARROCERIA TRANSBORDO. ANO 2012.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109845", "106")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109845", "CARROCERIA TRANSBORDO. ANO 2012.")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109824", "108")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109824", "VW/ Gol 1.0. Ano 1994. Segundo dono. Funcionando.")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109874", "111")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109874", "GUINDASTE TADANO. 60 Toneladas. Ano 2008")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>450.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109878", "112")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109878", " Guindaste Madal 30 ton. (somente equipamento)")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>89.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109876", "113")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109876", " Tanque de água. Capac. 6.000 litros")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>8.200,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109877", "114")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109877", " Rolo compactador Muller RVC - 03")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>72.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109879", "115")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109879", " Gerador Banbozzi trisico18 KVA")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>19.900,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109839", "116")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109839", " Compressor parafuso kaeser M38. Diesel. 3 cilindros. Ano Fab 2001")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109840", "117")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109840", " Arado. Marca Líder. 3 Discos")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109846", "121")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109846", " Reboque Ano 1995. Marca Lençois RRTC")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112963", "122")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112963", "Peças e carcaças de câmbio clark")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109842", "123")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109842", " 02 unhas de pá carregadeira")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109848", "124")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109848", " 02  tanques de caminhão")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109847", "125")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109847", " 04 pneus usados. 265/70/16")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>480,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109849", "126")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109849", " 02 bancos")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109841", "127")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109841", " Turbina recondicionada de motor Cummins Série C")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113152", "128")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113152", " Bancada de teste Wabco")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113154", "129")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113154", " Maquina hidraulica de prensar mangueira de1/4 até 2 polegadas -trifásico 220")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109854", "130")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109854", "[ VÍDEOS ] Colheitadeira Massey Ferguson. Mod. 3640. Com boca de soja e milho")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>36.500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113155", "131")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113155", " Maquina de rebitar freio")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>6.200,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113153", "132")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113153", " Maquina de rebitar freio")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>6.200,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113432", "133")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113432", "01 bicicleta cargueira")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113433", "134")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113433", "1 Compressor")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109852", "135")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109852", " 4 tomadas de força sendo; 2  - Eaton 8 marchas, 1 - Eaton 10 marchas e1 -ZF")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113434", "136")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113434", "Motocicleta Yamaha 125E. Ano 2005. Partida elétrica. ")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109850", "137")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109850", " Carroceria de D-20")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109851", "138")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109851", " 9 conjuntos de filtro combustível  Agco - Valtra")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109853", "139")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109853", " 7 filtros Tecfil  PSL523")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109838", "500")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109838", "I/ JINBEI TOPIC L - ANO 2010/2011")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109865", "601")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109865", " Gaiola 8.20 comprimento, 2.55 largura , 2.0 altura")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109864", "603")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109864", " Carroceria Porta Container 8 metros. Travessa de ferro, assoalho de madeira, lateral de alumínio.")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109863", "607")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109863", " CARRETA FATEPRON. ANO 2013. SÉRIE: RH04783")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>3.600,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109866", "608")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109866", "CARRETA FATEPRON, ANO 2013, SERIE: RH04784")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109870", "609")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109870", " Trator de esteira Caterpillar Mod. D6D. Ano 1981. Funcionando.")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109871", "610")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109871", " Rolo Dynapac Mod. CA150. Kit pata. Equipamento funcionando e trabalhando. Ano 2011")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>175.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109872", "611")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109872", " Fresadora de asfalto para acoplar em carregadeira. Com motor MWM X10")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...127 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109868", "801")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109868", "Chevrolet Caravan. Diplomata. 4CC. Ano 1986 ")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...2238 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109869", "802")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/109869", "Chevrolet Caravan. 4CC. Ano 1983 ")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>