--- v0 (2026-02-12)
+++ v1 (2026-03-29)
@@ -269,3227 +269,2827 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8783", "062")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8783", " 50 BOTIJÕES - (QDT.  43 P5 - 04 P13 - 3 DE 1KG), S/FR, UND DOIS CORRÉGOS")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8848", "559")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8848", " COLHEDORA DE CANA CASE, ANO 2010, FR62218, IMOB. 83904, UND IPAUSSU")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8893", "560")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8893", "GM/ S10  ADVANTAGE, ANO/MOD 2011, PLACA ERS4082, COMB, FLEX, FR168719, UND IPAUSSU           ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>21.750,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8861", "562")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8861", "SUCATA DE BORACHA, PESO APROX. 3Ton E SUCATA DE MANGUEIRA E COM FLANGE 300 KG APROX, VENDA POR LOTE, S/FR, UND IPAUSSU")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>60,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8871", "566")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8871", "SUCATA DE MADEIRA (VENDA POR LOTE) 100 TONELADAS, S/FR, UND IPAUSSU")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>30,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8961", "2387")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8961", "GUINDASTE E OUTROS PERIFÉRICOS, S/FR, UND DIAMANTE (LOC; lLOTE  PORTO BARREIRO)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8791", "2392")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8791", " CAMINHÃO SCANIA/R113 6X4 360, ANO/MOD 1994, PLACA BWT3452, FR97013, UND DIAMANTE")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8841", "2393")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8841", " 11 CURVAS DE AÇO DE GRANDE DIAMETRO (SEM USO - NOVO SOBRA DE PROJETO), S/FR, UND DIAMANTE")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8842", "2394")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8842", " 3 BICAS (COCHO) 10MTS CADA PESO APROX. 5T, S/FR, UND DIAMANTE")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8822", "2395")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8822", "TELHAS DE ZINCO, S/FR/ UND DIAMANTE")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>4.550,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8781", "3003")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8781", " 2 DOLLY ESTADO DE SUCATA, SEM DIREITO A DOCUMENTO, FR56885/ FR112617, UND BARRA")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8867", "3008")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8867", "TRATOR MASSEY FERGUSSON 7140 4X4 4RM, ANO 2010, SÉRIE7140298517, FR93141 IMOB 246692-0. UND BARRA")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>82</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8817", "3022")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8817", "8 EIXOS, S/FR, UND BARRA")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>8.350,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8819", "3023")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8819", " 15 MANILHAS DE CONCRETO APROXIMADAMENTE, S/FR, UND BARRA")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8821", "3024")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8821", " 17 TRELIÇAS VENDA POR LOTE, S/FR, UND BARRA  ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>104</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>11.200,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8818", "3025")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8818", " 7 FOLHAS DE PORTÃO DE AÇO, S/FR, UND BARRA ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8820", "3026")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8820", " 1 ESTEIRA TRANSPORTADORA C/ 2 MOTORES E REDUTOR, S/FR, UND BARRA ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>4.600,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8825", "3027")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8825", " REDUTOR, PATRIM. RD460079, UND BARRA")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8827", "3028")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8827", " SUCATA DE MOTORES/RETIFICADORA SOLDA BOMBOZZI PATR. 074401, VENDA POR LOTE - UND BARRA")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>10.300,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8823", "3029")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8823", " REDUTOR CESTARI, PATRIM. 97278, UND BARRA")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>5.600,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8824", "3030")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8824", " REDUTOR MAUSA E MOTO REDUTOR, PAT. 2018998, UND BARRA")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8828", "3031")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8828", " 7 REDUTOR (MAUSAE OUTROS)  -REDUTOR TRANSMOTENICA NÃO FAZ PARTE DO LOTE- INVT. 98085/10600/149606/70891, UND BARRA")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>89</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>10.200,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8826", "3032")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8826", " 2 REDUTORES (1 FALK 2110Y2 E 1 CESTARI HT 100/1:91) INV, 70887/70892, UND BARRA")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8833", "3033")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8833", " DIVERSAS PEÇAS E PARTES, (MOTORES, BOMBAS E PEÇAS DE REDUTORES), S/FR, UND BARRA")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8830", "3034")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8830", " TALHA ELÉTRICA BAUMA, S/FR, UND BARRA")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8831", "3035")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8831", " SOPRADOR DE AR C/MOTOR, PATRIM. 98472/99379, UND BARRA")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8829", "3036")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8829", " TURBINA E TROCADOR DE CALOR, PATRIM. 200896")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8832", "3037")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8832", " 6 CAXIAS(CÂMBIO) TRANSFERENCIA M.BENZ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>104</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>12.800,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8834", "3038")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8834", " 3 CAXIAS(CÂMBIO) TRANSFERENCIA SCANIA")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>6.100,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8835", "3039")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8835", " 4 MOTORES M.BENZ E 2 CABEÇOTES DE COMPRESSOR, S/FR, UND BARRA")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>65</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>6.900,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8836", "3040")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8836", " 1 MOTOR SCANIA, S/FR, UND BARRA")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8814", "3041")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8814", " SEMI-REBOQUE TECTRAN 9,60M TIPO PRANCHA, ANO 1994, PLACA BWT3461, FR96063, UND BARRA")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>136</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>18.050,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8810", "3042")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8810", " PRANCHA 2 EIXOS MASSARI, ANO 1981, PLACA BWQ5500, FR96521, UND BARRA")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>89</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>10.900,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8837", "3043")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8837", " CARRETA COM CABINE AZUL (SEM DOCUMENTO), S/FR, UND BARRA")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8840", "3044")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8840", "CARRETA DE SERVIÇOS DIVERSOS COM 2 EIXOS COM CABINE AMARELA,  (SEM DOCUMENTO), S/FR, UND BARRA")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8785", "3045")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8785", " CAMINHÃO SCANIA R113 6X4, (SEM BLOCO DO MOTOR), ANO 1994, PLACA BWT3410, COR BRANCA, FR97016, UND, BARRA")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>20.750,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8786", "3046")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8786", "DIVERSAS PEÇAS - ( MWM- FORD - VALTRA - CAT - VOLVO E OUTROS, S/FR, UND BARRA")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8782", "3047")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8782", " I/VW AMAROK CD 4X4, ANO/MOD 2011, PLACA NWB6658, DIESEL, FR163050, UND BARRA")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>43.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...15 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8873", "3049")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8873", "CAMINHÃO SCANIA/R113 E 6X4 360, ANO/MOD 1994, PLACA BWT3412, FR97009, UND BARRA")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8839", "3050")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8839", " SUCATA ELETRICA E TRANSFORMADOR, PESO ESTIMADO 300 KG, S/FR, UND BARRA")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>440,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8874", "3051")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8874", "75 TAMBORES DE ÓLEO LUB. IND MINER ISO VG 46 (SEM USO), S,FR, UND JATAI")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8862", "3928")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8862", "ESTUFA CULTURA FANEM 002-CB, PAT28161UND BARRA")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8849", "3986")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8849", "SUCATA DE VIDRO, S/FR, UND BARRA")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>20,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8850", "4516")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8850", " 2 HIDRO ROLL, S/FR, UND COSTA PINTO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8851", "4550")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8851", " CARROCERIA CANA PICADA, PAT. 55020, UND COSTA PINTO")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8868", "4558")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8868", "CHEVROLET/S10 LS, ANO 2013, PLACA FFF5381, FLEX, FR63542, UND COSTA PINTA")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>76</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8855", "4560")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8855", "PÁ CARREGADEIRA ZL50G, ANO 2013, SÉRIE ZZKLHEKl, FR58513, UND COSTA PINTO")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>71</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>54.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8870", "4561")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8870", "CARRETA TRANSP. DE TUBOS, FR57236, UND COSTA PINTO")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8852", "4567")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8852", "VIDROS DIVERSOS DE PORTAS E JANELA, S/FR, UND COSTA PINTO")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8879", "4591")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8879", " CHEVROLET S10, CAB. DUPLA LS, ANO/MOD 2013/13, PLACA EPG 2820, FR33853, UND COSTA PINTO")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>73</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8880", "4592")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8880", " DOLLY USICAMP, (SEM DIREITO A DOCUMENTO), ANO 2008, FR56898, UND COSTA PINTO")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>4.100,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8796", "5510")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8796", " CAMINHÃO SCANIA R 113 6x4 360, ANO/MOD 1994, PLACA BWT3432, FR97011, UND BONFIM")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>99</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>41.500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8794", "5511")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8794", " CAMINHÃO SCANIA R 113 6x4 360, ANO/MOD 1992/93, PLACA BIJ5806, FR22303, UND BONFIM")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>83</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8795", "5512")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8795", " CAMINHÃO SCANIA R 113 6x4 360, ANO/MOD 1994, PLACA BWT3440, FR96430, UND BONFIM")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>112</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8793", "5513")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8793", " CAMINHÃO SCANIA R 113 6x4 360, ANO/MOD 1994, PLACA BWT3451, FR97006, UND BONFIM")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>133</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>43.750,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8784", "5514")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8784", " DIVERSAS PEÇAS (VOLVO/MF/M.BENZ) - EMBREAGENS - CARDAN - BOMBAS - EIXOS E OUTRAS, S/FR, UND BONFIM")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.950,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8872", "5515")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8872", "60 TONELADAS DE SUCATA DE FERRO,(VENDA POR KILO), S/FR, UND BONFIM")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>0,45</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>0.01</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8860", "8352")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8860", "SONDA  AMOSTRA DEDINI, Nº IMOB. BAR2-113953-0, UND RAFARD")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8887", "8357")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8887", " CAIXA D'AGUA CAPAC. APROX. 30.000L, S/FR, UND RAFARD")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8888", "8358")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8888", " MESA XAROPE, S/FR, UND RAFARD")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8889", "8359")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8889", " BOOSTER N° 33, S/FR, UND RAFARD")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8892", "8360")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8892", " FILTRO ROTATIVO S/FR, UND RAFARD")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>7.100,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8890", "8361")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8890", " CALDEIRA 9, S/FR, UND RAFARD")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8895", "9165")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8895", "CHEVROLET/S10 LS, ANO/MOD 13/13, PLACA FEP2124, FR140002, UND SÃO FRANCISCO")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>84</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>38.750,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...15 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8864", "11490")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8864", " REBOQUE CORONA 7,60 M, ANO 1982, PLACA BKE6685, FR121369, UND. BONFIM ")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8865", "11493")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8865", " REBOQUE FACCHINI 7,50 M, ANO 1994, PLACA BKE 4113, FR121163, UND. BONFIM ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8866", "11496")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8866", " REBOQUE FACCHINI 7,50 M, ANO 1994, PLACA BKE 4201, FR121176, UND. BONFIM ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8894", "11508")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8894", " CHEVROLET S10, ANO 2014/15, PLACA  FQN3683, FR18015, UND SERRA")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8856", "11509")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8856", " CAMARA FRIA (LAB.SACOROSE) INVENTARIO 170647, UND SERRA")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8807", "11510")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8807", " REBOQUE GUERRA CANA PICADA, ANO/MOD 2008/09, PLACA EFX3881, FR133016, UND SERRA")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>8.900,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8804", "11511")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8804", " REBOQUE RANDON  CANA PICADA, ANO/MOD 2008, PLACA DWH0023, FR10243, UND SERRA")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>8.150,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8808", "11512")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8808", " REBOQUE RANDON CANA PICADA, ANO/MOD 2008/08, PLACA DWH0018, FR10246, UND SERRA")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8800", "11513")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8800", " REBOQUE RANDON CANA PICADA, ANO/MOD 2007, PLACA DTP7126, FR10214, UND SERRA")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>8.600,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8809", "11514")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8809", " REBOQUE GUERRA CANA PICADA, ANO 2008/MOD, PLACA EFX3821, FR133023, UND SERRA")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>10.250,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8812", "11515")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8812", " REBOQUE GUERRA CANA PICADA, ANO/MOD 2008/09, PLACA EIG8142, FR133021, UND SERRA")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>62</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>10.700,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8802", "11516")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8802", " REBOQUE RANDON CANA PICADA, ANO 2007, PLACA DTP7138, FR10220, UND SERRA")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>9.200,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8799", "11517")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8799", " REBOQUE RANDON CANA PICADA, ANO/MOD 2007/07, PLACA DTP7139, FR10221, UND SERRA")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>11.450,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8797", "11518")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8797", " REBOQUE RANDON CANA PICADA, ANO 2007/07, PLACA DTP7124, FR10212, UND SERRA")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>10.400,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8803", "11519")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8803", " REBOQUE RANDON CANA PICADA, ANO/MOD 2008/08, PLACA DWH0021, FR10245, UND SERRA")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8813", "11520")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8813", " REBOQUE GUERRA CANA PICADA, ANO 2008/08, PLACA EIG8152, FR133017, UND SERRA")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8806", "11521")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8806", " REBOQUE RANDON CANA PICADA, ANO/MOD 2007/07, PLACA DTP7141, FR10223, UND SERRA")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>8.300,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8811", "11522")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8811", " REBOQUE GUERRA CANA PICADA, ANO/MOD 2008/09, PLACA EIG8024, FR133014, UND SERRA")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>8.150,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8815", "11524")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8815", " REBOQUE GUERRA CANA PICADA, ANO/MOD 2008/09, PLACA EIG8122, FR133030, UND SERRA")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8798", "11525")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8798", " REBOQUE RANDON CANA PICADA, ANO/MOD 2007/07, PLACA DTP7128, FR10215, UND SERRA")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8801", "11526")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8801", " REBOQUE RANDON CANA PICADA, RANDON  ANO/MOD 2007/07, PLACA DTP7137, FR10219, UND SERRA")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>8.600,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8805", "11527")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8805", " REBOQUE RANDON CANA PICADA, RANDON, ANO/MOD 2007, PLACA DTP7140, FR10222, UND SERRA")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>9.200,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8789", "11528")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8789", " GM/S10 ADVANTAGE D, ANO/MOD 2006, PLACA DKQ 4061, GASOLINA, FR118503, UND SERRA")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>13.750,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8792", "11529")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8792", " GM/S10 ADVANTAGE D, ANO/MOD 2009/2010, PLACA EGR0591, FLEX, FR58124, UND SERRA")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>19.750,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8869", "12245")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8869", "GM/S10 ADVANTAGE D , ANO 2010/11, PLACA EAA9752, FLEX, FR92283, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8853", "12247")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8853", "ESTUFA ODONTOLÓGICA, INVENT 181423, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...57 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8863", "15301")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8863", " 1 LOTE DE PISOS INDUSTRIAIS (CALDEIRA), S/FR, UND BOM RETIRO")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8854", "16183")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8854", " TANQUE DIESEL, Nº IMOB. BAR2-90486-0, FR 208253, UND SANTA HELENA")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8859", "16201")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8859", "TURBINA, FR208333, UND SANTA HELENA")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8875", "16202")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8875", " DOLLY RANDON, ( SEM DIREITO A DOCUMENTO), ANO 2007, FR 56992, UND SANTA HELENA")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>6.550,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8876", "16203")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8876", " MOTOR ESTACIONARIO AGRALE, FR91317, UND SANTA HELENA")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>5.050,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8878", "16204")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8878", " CAMINHÃO VOLKSVAGEN VW/26.220 EURO3 WORKER , ANO 2007, PLACA DXP4512, FR 34083, UND SANTA HELENA")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8877", "16205")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8877", " REDUTOR DE VELOCIDADE KRUPP, INV, 208295,IMOB. BAR2-90414-0, UND SANTA HELENA")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...47 lines deleted...]
-      <c r="D18" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8882", "16206")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8882", " TURBINA A VAPOR EQUIPE TE 500 2E, INV, 208298, IMOB, BAR2-91609-0, UND SANTA HELENA")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...25 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8881", "16207")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8881", " TURBINA A VAPOR EQUIPE TE 500 2E, INV. 60198, IMOB. BAR2-91454-0, UND SANTA HELENA")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...2846 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8911", "16208")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8911", "CASE MX 270 MAGNUM 4X4, ANO 2006, SÉRIE Z6CF13865, FR23234, UND SANTA HELENA")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>