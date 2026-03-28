--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1115 +269,979 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110183", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110183", " 01 un de chave geral. Marca Mastercapact NW 25 H1")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110159", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110159", "[ VÍDEO ] DT Mazieiro. Capacidade 600 Ton")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>435.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110160", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110160", "[ VÍDEO ] Filtro prensa. 40 bicos")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110163", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110163", "[ VÍDEO ]  6 un. Torre de resfriamento. Condensador casco de tubo paraequesano")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>155.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110167", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110167", " Tanque reservatório 300 lt. Em aço carbono")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110178", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110178", "[ VÍDEO ] Torre de resfriamento. Encamisada")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110179", "010")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110179", "[ VÍDEO ] Tanque de inversão")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110181", "011")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110181", " Tanque filtro")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110174", "012")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110174", " Caixa dosador  com rosca")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110166", "013")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110166", " Rosca  dosadora")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110172", "014")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110172", "[ VÍDEO ] Saída de caldeira com reservatório em inox")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110173", "016")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110173", "[ VÍDEO ] Tanque reservatório 5.000 lt")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110184", "017")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110184", " Chave geral. Marca Masterpalt NT16 H1")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110185", "018")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110185", " 03 un. Válvula rotativa")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110175", "020")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110175", " Carrinho de captação. 3,0 m comprimento 2,0 m de largura")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110164", "021")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110164", "[ VÍDEO ] Estator Mazieiro. Capacidade 600 Ton")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>410.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110169", "023")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110169", "[ VÍDEO ] MÁQUINA CASQUINHA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110170", "024")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110170", " Máquina casquinha")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110162", "025")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110162", " Máquina casquinha")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110161", "026")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110161", " Máquina casquinha")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110168", "027")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110168", " Máquina casquinha")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110171", "028")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110171", " Máquina casquinha")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110165", "029")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110165", "2 ciclones aço carbono - 8 mts de comprimento")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110177", "030")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110177", " 05 un. Rolos delaminador 1.30 com por .30 ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110176", "031")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110176", " 02 un. Rolo Delaminador 1.30 com por .53 ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110180", "037")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110180", " Torre de destilação em aço inox")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110182", "044")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110182", " [ VÍDEOS ] SILO DE SECAGEM ROTATIVO COMPLETO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>140.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110189", "101")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110189", " 01 Ciclone - inox - 6,00 mts de comprimento")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110186", "102")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110186", "[ VÍDEO ] Elevador de caneca - em  aço inox -  12 mts - (aprox. 5 ton)")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110192", "103")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110192", "  Exaustor para filtro manga. Sem motor")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110187", "104")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110187", " Exaustor para filtro manga. Sem motor")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110188", "105")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110188", "[ VÍDEO ] Elevador de caneca. Aço carbono. 12 mts . Com correia")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110190", "107")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110190", "[ VÍDEO ] Pré limpeza. Comil. Capacidade 30 ton/h")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110191", "108")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110191", "[ VÍDEO ] Tanque de aço cabono. Capac. 30.000 lts (furado)")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>