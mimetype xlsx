--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1851 +269,1623 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114508", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114508", "Caminhão Volvo VM 330 - 2014/2015 8x2 Completo - automático - engate para julieta - Roll-on Grimaldi 2017")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>311.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113340", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113340", " Plataforma de Elevação")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113344", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113344", " Prensa de lixo - Roll-on - Somente equipamento prensa")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113342", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113342", " [ Vídeo ] Caminhão 24.220 2009/2010 - Roll-on Imavi G25")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>158.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113345", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113345", " Perfuratriz para pedreira")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113734", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113734", "Moinho Pet")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113346", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113346", " Caçamba Rosseti")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113735", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113735", "Moinho de plástico ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113343", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113343", " Retífica")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113736", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113736", "Moinho de martelo")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113347", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113347", " Equipamento Roll-on - G25")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113737", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113737", "Peneira 5,00 x 2,00")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113361", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113361", " [Vídeo] Retro Volvo BL-70b  2013 - 4x4 bloqueio - cabinada com ar condicionado")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>115.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113348", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113348", " [vídeo] Escavadeira Volvo")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>106.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113374", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113374", " [vídeo] Pá carregadeira Cat 922 - 4 cilindros")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>26.666,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113353", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113353", "[Vídeo] -  Motoniveladora Patrol Cat 120B - 6 cilindros ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113350", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113350", " Peneira vibratória industrial ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113362", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113362", " Sucata de empilhadeira - podendo faltar peças ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>13.750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113355", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113355", " Gerador cat 50 kva cabinado")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113360", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113360", " Furadeira De bancada Radial")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113363", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113363", " Gerador -  aproximadamente 200 kva - motor cummins")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113356", "021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113356", " Gerador 250/275 kva  motor mwm v12 ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113357", "022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113357", " Britador de mandíbula - 30x20 ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113359", "023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113359", "  [vídeo] Empilhadeira clark 2,5 ton diesel")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113352", "024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113352", " Retroescavadeira cat 2003 4x2 (acompanha bomba injetora) ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>48.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113358", "025")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113358", " [Veja vídeo] Gerador cat 50 kva cabinado - ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113354", "026")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113354", " Grua Munck - Guindauto - 2010 - ECO mod. 10.000 - Duas lanças Hidráulicas  - Para reaproveitamento")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113349", "027")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113349", " Empilhadeira AUSA - cap. de carga aproximadamente 1300kg - ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113364", "028")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113364", "Moinho martelo - motor 20cv - Com controlador de velocidade  - Para reaproveitamento")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113738", "029")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113738", "Lote com: 1 unidade de Redutor 1 x 40 ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113365", "030")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113365", "Caminhão Scania 124 P-420 - 2007/2008 - ATENÇÃO : SEM MOTOR - 2 transferências ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>52.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113366", "031")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113366", "[Vídeo] - Torno mecânico imor - 2,50 de barramento")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113367", "032")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113367", "[Vídeo] - Empilhadeira Hyster Modelo H150j  Capacidade 7 toneladas ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>46.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113368", "033")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113368", "Empilhadeira hyster H80j Capacidade 4 toneladas ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113739", "034")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113739", "Exaustor Industrial")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113369", "035")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113369", "Empilhadeira  Clark CMP50SD Capacidade 5 toneladas ano 2009")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113370", "036")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113370", " Patrol/ motoniveladora cat 120B motor 6 cilindros")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113372", "037")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113372", "[vídeo] Empilhadeira Hyster - XL80 Diesel Motor Maxion")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113373", "038")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113373", " Rolo compactador  Dynapac cg 11")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113747", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113747", "Baú Melosa com conjunto Hidráulico ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113750", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113750", "Compactador usimeca ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113751", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113751", "Moinho de martelo ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113752", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113752", "Moinho de martelo - desmontado")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113371", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113371", "Tupia superior invicta ru50 ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113753", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113753", "Bomba industrial ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113351", "047")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113351", "[vídeo]  Caminhão MB 1935 - 1990/1991 - Funcionando")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>65.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113341", "048")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113341", " Capinadeira industrial")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114270", "049")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114270", "VW Saveiro 1.8 - 2001 - Direção hidráulica - 2021 pago.")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114502", "050")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114502", "[ Vídeo ] Empilhadeira Clark 2006 ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>48.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114942", "051")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114942", "Conjunto Secador e Aquecedor de Ar industrial")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>35.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115131", "052")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115131", "Fiat Uno Mille Economy - 2012/2013")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115332", "053")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115332", "[vídeo] Audi A4 2.0T - 2011/2012 ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115333", "054")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115333", "Chevrolet D-40 - Direção Hidráulica. - 1990 ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115334", "055")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115334", "Chevrolet Kadett Hatch GL 2.0 MPFi 1996")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115335", "056")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115335", "Retífica ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...533 lines deleted...]
-      <c r="D30" s="4" t="inlineStr">
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115336", "057")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115336", "Guilhotina Mecânica ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E30" s="5" t="inlineStr">
-[...255 lines deleted...]
-      <c r="E38" s="5" t="inlineStr">
+      <c r="E66" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F38" s="4" t="inlineStr">
-[...894 lines deleted...]
-      </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115339", "058")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115339", "Peugeot 207 HB XR 2008/2009 ")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>