--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,2747 +269,2407 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113087", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113087", " [ vídeo ] Honda Biz ES 100cc - 2004 - Partida elétrica ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113099", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113099", " Mitsubishi L200 GL - 2006 - Motor feito inteiro - STD - Na garantia - 4 pneus sem uso")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113088", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113088", " Plataforma MF")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113105", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113105", " guincho MF")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113148", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113148", " Furadeira de bancada - 220v")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113089", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113089", " Eixo de carreta - 2 Rodas")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113094", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113094", " Fresadora ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113107", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113107", " Fresadora ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113104", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113104", " Tupia ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113114", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113114", " Furadeira industrial - Monofásica ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113096", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113096", " Balança ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113111", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113111", " Motor Trifásico")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113109", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113109", " Motor Trifásico")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113110", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113110", " Lote com: 3 uni. Motorredutores ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113095", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113095", " lote com: 2 uni. Motorredutores ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113092", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113092", " lote com: 2 uni. Motorredutores ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113112", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113112", " Serra Circular - 110/220")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113091", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113091", " Sucata de motores e ventiladores ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113108", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113108", " Sucata de Correias - Aproximadamente 45 metros.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113090", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113090", " Sucata de motores - 1.270 kg")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113113", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113113", " Lixeira Industrial ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113106", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113106", " Seladora Isamaq")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113093", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113093", " Lote com: 2 secadores de mãos - Geminus ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113115", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113115", " Frigobar antigo ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113103", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113103", " Ar condicionado - portátil ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113097", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113097", " Ar condicionado - Completo ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113100", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113100", " Ar condicionado - Completo ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113102", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113102", " Lote com: 3 uni. No-breaks ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113098", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113098", " Lote com: 4 uni. No-breaks.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113101", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113101", " Multifuncional - Brother ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113116", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113116", " Lote com: 3 uni. Arados e 1 uni. Bomba antiga ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113123", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113123", " Lote com: 8 uni. Carteiras escolares antigas ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113117", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113117", " Lote com: 1 uni. Vitrola e 1 uni máquina de costura antiga")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113118", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113118", " Lote com: 4 uni. Aparelho de som antigo ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113119", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113119", " System - Sony")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113121", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113121", " Soundbar Sony ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113120", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113120", " Notebook HP - Formatado - Core i7 - 4 GB Ram - 128 SSD - Sem carregador/ Com bateria")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113122", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113122", " Notebook HP - Core i5 - 8gb Ram - 240 Gb SSD - win10   Office")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113124", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113124", " Notebook Dell - Core i5 - 4Gb Ram - 120GB SSD - Win 10 - formatado ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113125", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113125", " Notebook Dell - Core i3 - 4 GB ram - 500gb HD - Sem formatação.")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113130", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113130", " Notebook Dell - Core i3 - 6Gb ram - 500 Hd - Sem formatação ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113131", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113131", " Notebook Dell - Core i3 - 6Gb ram - 500 Hd - Sem formatação ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113126", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113126", " Notebook Dell - Core i3 - 4Gb Ram - 1 Tb HD - Sem formatação ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113127", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113127", " CPU Dell - Core i3 - 6 Gb Ram - 320Hd - formatado ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113128", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113128", " CPU Lenovo - Core i3 - 8Gb ram - 500 Hd - 240 SSd - Formatado")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113129", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113129", " Notebook Tablet HP - Core i5 - 4Gb Ram - 120GB ssd ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113132", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113132", " Lote com: 4 notebooks - Não liga - Falta peças ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113133", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113133", " Projetor")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113138", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113138", " Lote com: 2 capacetes")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113134", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113134", " Capacete ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113143", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113143", " Cadeira Herman Miller")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113142", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113142", " Cadeira Giroflex G64")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113135", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113135", " Cadeira Giroflex G64")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113136", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113136", " Cadeira Cavaletti ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113140", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113140", " Lote com: 3 cadeiras Fratini ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113141", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113141", " Poltrona Brno - Barra chata ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113139", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113139", " Poltrona Brno - Barra chata ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113137", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113137", " Lote com: 2 Poltronas Brno - barra chata")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113146", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113146", " Playstation 3 ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113147", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113147", " Lote com: Auto-falante e módulo ")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113144", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113144", " Comando Hidráulico com Pistão")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113145", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113145", " Lote com: Bomba D'água e roçadeira ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113150", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113150", " Motobomba ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113151", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113151", " Lote com: 22 Metros de corrente ")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113149", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113149", " Espingarda Rossi 5.5 Gás Ran")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113718", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113718", "Lote com: 2 uni. Poltronas Clássica Design")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...15 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113719", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113719", "Lote com: 2 uni. Poltronas Clássica Design")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113720", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113720", "Aparador 1.60 x 0.40")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113721", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113721", "Lote com: 7 uni. panelas de pressão (faltando pinos) e 15 uni. travessas marinex")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113722", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113722", "Lote com: 1 uni. panela 2,5 litros  - 1 uni. pilão -  1 uni. forma 38cm - 1 uni. de 27cm - todas em pedra sabão")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113723", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113723", "Lote com: 2 uni. formas 32cm  -1 uni. pilão - 1 uni. panela 2,5 litros - produtos em pedra sabão")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113724", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113724", "Lote com: 1 uni. panela 2,3 litros - 1 uni.  pilão - 1 uni. forma 38cm e 1 uni. de 32cm e 1 uni. de 27cm - produtos em pedra sabão")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113725", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113725", "Lote com: 2 uni. panelas de 3 litros - produtos de pedra sabão")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="E83" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E19" s="5" t="inlineStr">
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113726", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113726", "Lote com: 1 uni.  panela 2 litros e 1 uni. de 2,5 litros - produtos de pedra sabão")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113727", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113727", "Lote com: 1 uni. forma 38 cm - 1 uni. de 32cm e 1 uni. de 27cm - 1 uni. pilão")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113728", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113728", "Lote com: 1 uni. forma 38 cm - 1 uni. de 32cm e 1 uni. de 27cm - 1 uni. pilão")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113729", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113729", "Lote com: 1 uni. forma 38 cm - 1 uni. de 32cm e 1 uni. de 27cm - 1 uni. pilão")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114217", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114217", "Poltrona em madeira maciça")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114219", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114219", "Lote com: 2 cadeiras Carraro 1712 (par)")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114220", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114220", "Lote com: 2 cadeiras Carraro 1712 (par)")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114221", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114221", "Lote com: 2 cadeiras Carraro 1712 (par)")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114222", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114222", "Lote com: 2 cadeiras Carraro 1712 (par)")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114268", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114268", "Lote com: 2 poltronas ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
-[...154 lines deleted...]
-      <c r="E24" s="5" t="inlineStr">
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114269", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114269", "Cadeira gamer ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
-      <c r="F24" s="4" t="inlineStr">
+      <c r="F94" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-[...2238 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114277", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114277", "Extensão trifásico - 60 metros.")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>