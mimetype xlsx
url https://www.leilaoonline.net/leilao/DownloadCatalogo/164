--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,1723 +269,1511 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8711", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8711", " CDM-001-2017 - TOYOTA /COROLLA; ANO 2005 -  ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8715", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8715", " 082-1105-2017 - 1 VOLKSWAGEN, MODELO: GOL POWER 1.6; ANO 2004  ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>7.550,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8716", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8716", " SLS-EQ-013-2017 -CAMINHÃO MBENZ - ANO 2002  ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>50.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8713", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8713", " MARAB-001-2017 - CAMINHÃO TRA/ CAM/ TRATOR MERCEDES BENS/ AXOR 2035 S- ANO 2009/2009;  ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8766", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8766", "CKS-JUQ7853-2015 - CAMINHÃO MÉDIO BASCULANTE VOLVO; ANO 2006")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8712", "020")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8712", " 082-1082-2017 - REBOQUE RANDON/1621; ANO 1997  ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8714", "021")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8714", " PIC-MBR24191-2017 - TRATOR DE ESTEIRA- CAT D10R; ANO 2002 -   ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>65</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>147.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8717", "022")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8717", " 082-1106-2017 - PÁ CARREGADEIRA CATERPILLAR; ANO 2005  ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8718", "023")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8718", " 082-1097 -2017 - PÁ CARREGADEIRA CATERPILLAR; ANO 2009  ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>31.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8721", "024")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8721", " 082-1087 -2017 - PÁ CARREGADEIRA VOLVO- ANO 2002;   ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8720", "025")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8720", " SLS-EQ-020-2017 -LOCOTRATOR TERRA-TRILHO N/GT23  ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8722", "026")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8722", " 082-1084-2017 - ESCAVADEIRA CATERPILLAR/312D; ANO 2010  ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>57.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8719", "027")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8719", " FAB-EM3505-2017 - ESCAVADEIRA HIDRAULICA - CAT/345, ANO 2005 -   ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8723", "037")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8723", " ITA-037 -2017 - EMPILHADEIRA/ JUNGHEINRICH; DFG540; ANO 2006 -  ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.350,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8725", "038")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8725", " 082-1111-2017 - TORNO; MOD. ROMI   ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8724", "039")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8724", " 082-1112-2017 - GERADOR, MOD. MERCEDES-WEG/GTA; ANO 2005    ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>76</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>13.750,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8727", "040")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8727", " 082-1114-2017 - 1 MÁQUINA DE LAVAR A JATO MOD. KARCHER HDS1200  ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8726", "041")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8726", " 082-1104-2017 - 2 ROLAMENTOS ROLO AUTOCOMPENSADOR   ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>119</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8729", "058")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8729", " GOV-001 -2017 - 34 ITENS DIVERSOS ( FILTRO FLUIDO DE ÓLEO; ELEMENTOS FILTRO FLUIDO E OUTROS) VEJA DISCRITIVO DE ITENS   ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8728", "059")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8728", " ITA-039-2017 - 666 ITENS DIVERSOS ( POLIA; ADAPTADOR; EIXO; FILTROS E OUTROS ITENS COMPONENTES) VEJA DISCRITIVO DE ITENS    ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8732", "060")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8732", " ITA-040-2017 - 77 ITENS DIVERSOS ( ACOPLAMENTO COMPONENTE; FREIOS COMPONENTES E OUTROS ITENS) VEJA DISCRITIVO DE ITENS   ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8730", "061")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8730", " ITA-050-2017 - 2 CAMERA FOTOGRAFICA DIGITAL SONY SYBER SHOT - P93  ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8731", "062")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8731", " ITA-053-2017 - 7 ITENS DIVERSOS( MESA DE TRABALHO ORGANICA;ESTAÇÃO DE TRABALHO) VEJA ITENS DISCRITIVOS   ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8733", "063")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8733", " ITA-054-2017 - 1 IMPRESSORA- IMOB.8000003792- SAP: 1070   ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8734", "064")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8734", " ITA-055-2017 -1 CONVERSOR DE FREQUÊNCIA - IMOB.8000003771- SAP:1070  ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8738", "065")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8738", " ITA-059-2017 - 5 ITENS DIVERSOS( DESKTOP IBM; DESKTOP HP; DESKTOP LENOVO;  ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8736", "066")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8736", " ITA-060-2017 - 1 PLASTIFICADORA GAZELA OFICIO- 90.23.27   ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8735", "067")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8735", " MUT-010-2017 - 19 ITENS DIVERSOS( ARMARIO ESTRUTURAL; GAVETEIRO VOLANTE;)   ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8740", "068")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8740", " MUT-011-2017 -20 ITENS DIVERSOS ( PONTA VERMELHA; PONTA ESCO;ADAPTADOR ESCO)  ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8737", "069")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8737", " MUT-012-2017 -20 ITENS DIVERSOS( CHAPA DESGASTE; CANELA; ADAPTADOR E OUTROS ITENS) VEJA ITENS DISCRITIVOS   ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8739", "070")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8739", " SLB-15-2017 - 180 ITENS DIVERSOS ( MANGUEIRAS; SUPORTES; VENTILADOR COMPONENTES;ANEIS E OUTROS) VEJA ITENS DISCRITIVOS    ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8741", "071")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8741", " SLB-016-2017 - 1 CORREIA TRANS 5LONAS 2200MM-     ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>95.250,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8747", "072")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8747", " SLB-18-2017 - 392 ITENS DIVERSOS ( LUVAS DE REDUÇÃO; LUVAS DE REDUÇÃO;BUCHA DE REDUÇÃO E OUTROS) VEJA ITENS DISCRIJTIVOS    ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8742", "073")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8742", " SLS-MRO-001-2017 - 690 ITENS DIVERSOS ( CORREIA COMPONENTE;ANEL FIXAÇÃO; RESISTENCIA COMPONENTE E OUTROS ITENS )   ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8746", "074")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8746", " SLS-MRO-011-2017 - 173 ITENS DIVERSOS  ( DISJUNTOR TRIP; SENSOR VELOC; PROTEÇÃO SANFONADA;  E OUTROS )  VEJA ITENS DISCRITIVOS   ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8743", "075")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8743", " SLS-MRO-013-2017 - 47 ITENS DISCRITIVOS ( CORDAO FIBRA; RASPADOR DESENHO; PASTILHAS COMPONENTES E OUTROS) VEJA ITENS DISCRITIVOS   ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8744", "076")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8744", " 082-1075-2017 - CONCHAS DE PÁ CARREGADEIRA   ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8745", "077")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8745", " 082-1085-2017 - 785 ITENS DIVERSOS ( SUPORTE COMPONENTE;TUBO CONDUÇÃO; PARTES E PEÇAS E OUTROS) VEJA ITENS DISCRITIVOS   ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8748", "078")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8748", " 082-1086-2017 - ITENS DIVERSOS ( EIXO/EMPILHA;REVESTIMENTOS COPMPONENTE; CAIXA ROLAMENTO E OUTROS ) VEJA ITENS DEISCRITIVOS   ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8749", "079")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8749", " 082-1088-2017 -  CAVALETE- PEÇAS DE MRO   ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8751", "080")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8751", " 082-1090-2017 - 5 ITENS DIVERSOS ( MAQUINA DE CAFÉ; CARRO TERMICO; REGRIGERADOR ESTREITA, E OUTROS ) VEJA ITENS DISCRITIVOS   ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8750", "081")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8750", " 082-1091-2017 - 4 ITENS DIVERSOS ( BALÇÃO DISTRIBUIÇÃO; CARRO TERMICO; E OUTROS )VEJA ITENS DISCRITIVOS   ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8753", "082")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8753", " 082-1092-2017 - 4 ITENS DIVERSOS(FRIGIDEIRA BASCULANTE; CARRO TERMICO;BALCÃO DISTRIBUIÇÃO E OUTROS ;)  ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8754", "083")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8754", " 082-1093-2017 -4 ITENS DIVERSOS ( CARRO  TERMICO;BALÇÃO AQUECIDO E OUTROS)    ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8752", "084")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8752", " 082-1094-2017 - 4 ITENS DIVERSOS ( CARRO TERMICO; BALÇÃO PARA DISTRIBUIÇÃO E OUTROS)    ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8755", "085")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8755", " 082-1095-2017 - 27 ITENS DIVERSOS ( VALVULA DE ALIVIO; BOMBA WORTHIGTON; PAINEL DE CONTROLE E OUTROS)   ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8756", "086")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8756", " 082-1096-2017 -1 MBR LAMINA APLICAÇÃO  ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8757", "087")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8757", " 082-1100-2017 - 17 GAVETEIROS ROLANTES DIMENSÕES 400X495X578MM  ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8758", "088")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8758", " 082-1102-2017 - 14 CONECTOR COMPONENTE; BATERIA ESTACIONARIA; MODULO E OUTROS)   ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8760", "089")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8760", " 082-1107 -2017 - 7 ITENS DIVERSOS ( NOTEBOOK; DESKTOP)   ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...430 lines deleted...]
-      <c r="E27" s="5" t="inlineStr">
+      <c r="E60" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
-      <c r="F27" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E29" s="5" t="inlineStr">
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8759", "090")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8759", " 082-1108-2017 - 12 CARRETÉIS DE MADEIRA ( TAMANHOS DIVERSOS)   ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F29" s="4" t="inlineStr">
-[...53 lines deleted...]
-      <c r="D31" s="4" t="inlineStr">
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8763", "091")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8763", " 082-1109-2017 - 10 CARRETÉIS DE MADEIRA ( TAMANHOS DIVERSOS)   ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E31" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E32" s="5" t="inlineStr">
+      <c r="E62" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F32" s="4" t="inlineStr">
-[...958 lines deleted...]
-      </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8761", "092")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8761", " 082-1110-2017 - 12 CARRETÉIS DE MADEIRA ( TAMANHOS DIVERSOS)   ")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>