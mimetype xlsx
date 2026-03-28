--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,347 +269,307 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110371", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110371", " Colheitadeira New Holland Tc55, Ano99, 8.000hrs, Em funcionamento, Plataforma 15p   NO ESTADO. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>160.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110372", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110372", " Plataforma milho New Holland ( SOMENTE A PLATAFORMA), Ano2019, Com 9x45 linhas  NO ESTADO. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110373", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110373", " Trator Ford 5030, 4x2, Ano 1994, Em funcionamento   NO ESTADO. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110374", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110374", " Colheitadeira Massey Ferguson MF32, Plataforma20 pés (case), Ano2008, Excelente estado, Traçada 4x4 NO ESTADO. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>270.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110375", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110375", " Plantadeira tatu, Mod.Pst3, Pivotada,  Necessita revisão, Ano 2011  NO ESTADO. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110376", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110376", " Colheitadeira  John Deere 1550, Ano: 2001, Plataforma 23 pés ano: 2003, Não funciona parte elétrica, Revisar ar, comando e Plataforma NO ESTADO. ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>175.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110474", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110474", "IMP / GM Silverado DLX - 4.100 , ANO: 1998, PLACA: FINAL 52, REMARCADA. DIESEL .  NO ESTADO. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110475", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110475", "Colheitadeira  John Deere 1550, Ano: 2003  Ano2003, Plataforma 23pes, Sendo revisada  Plataforma 23 pés ano: 2003 NO ESTADO. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>300.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110476", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110476", "Colheitadeira New Holland TC57, Tc57, Ano 1995, Plataforma soja 15 pés, Mecânica ok, Necessita revisar industrial. NO ESTADO. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>135.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...222 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110477", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110477", "TRATOR John Deere 7500, Ano: 2001, Powerquad,  NO ESTADO. ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>190.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>