--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,3195 +269,2799 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111148", "3202")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111148", "Televisão, Armário e outros - Veja Especificações abaixo. Fundação Raizen Barra - Localizado na Cidade de Igaraçú do Tietê/ SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111714", "3578")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111714", "LOTE UNICO, 3 APERELHO DE SOM, 7 CADEIRAS, 7 SUPORTES DE COMPUTADOR, 1 ARMÁRIO DE MEDICAMENTOS ( OBS. VIDRO TRINCADO),  1 DVD, 1 TV  TUBO , SF, LOC. FUNDAÇÃO RAIZEN / JAÚ ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111684", "3579")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111684", "TORRE DE VIGIA, SF , LOC. DIAMANTE ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111153", "11015")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111153", " CARRETA DIS.TORTA SPANDER, ANO 2015, FR122412, LOC. BONFIM ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110486", "11266")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110486", " PLANTADORA, FR171908, LOC. JUNQUEIRA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110488", "11267")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110488", " CARRETA DE PLANTIL, ANO 2013,  FR92849, LOC. JUNQUEIRA")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110483", "11268")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110483", " CARRETA DE PLANTIL, ANO 2013,  FR92853, LOC.JUNQUEIRA")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110484", "11269")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110484", "PLANT. CANA ATA PCP 1102, ANO 2012,  FR92830, LOC. JUNQUEIRA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110487", "11270")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110487", " PLANTADORA, FR92826, LOC. JUNQUEIRA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110490", "11271")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110490", "TRATOR CASE MX 240 MAGNUM 4x4, ANO 2010, FR93320, LOC.JUNQUEIRA ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>77.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110491", "11272")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110491", "TRATOR CASE CASE MX 240 MAGNUM 4x4, ANO 2010, FR93333, LOC. JUNQUEIRA")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>76.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110492", "11273")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110492", "TRATOR CASE MX 240 MAGNUM 4x4, ANO 2010,  FR93322, LOC. JUNQUEIRA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>79.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110496", "11274")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110496", "TRATOR CASE MX 240 MAGNUM 4x4, ANO 2010, FR93318, LOC. JUNQUEIRA")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>68.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110494", "11275")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110494", " COLHEDORA J. DEERE 3522 2L, ANO 2012,  FR93420, LOC. JUNQUEIRA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110499", "11276")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110499", " COLHEDORA J. DEERE 3522 2L , ANO 2011, FR360853, LOC. JUNQUEIRA")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110495", "11277")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110495", "REBOQUE4E RANDON, 12,5 M, ANO 2012, FR93676, LOC. JUNQUEIRA")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110500", "11278")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110500", "REBOQUE 4E RANDON 12,5M , ANO 2012,  FR93675, LOC. JUNQUEIRA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>48.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110493", "11279")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110493", " TRANSBORDO ATA 12000, 12T, ANO 2012, FR93867,  LOC. JUNQUEIRA")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110498", "11280")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110498", "REBOQUE4E SERGOMEL 12,5 M, ANO 2014,  FR134120, LOC. JUNQUEIRA")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110485", "11281")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110485", "REBOQUE 4E RANDON, 12,5M, ANO 2012,  FR93681, LOC. JUNQUEIRA ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110481", "11282")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110481", "REBOQUE 4E RANDON, 12,5M, ANO 2012 ,FR93678, LOC. JUNQUEIRA ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110489", "11283")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110489", " SUBSOLADOR CANT DIST. AGROMATÃO AGM030160, ANO 2013, FR92843, LOC. JUNQUEIRA ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110482", "11284")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110482", "REBOQUE 4E RANDON 12,5 M,  ANO 2012,  FR93686, LOC. JUNQUEIRA")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110497", "16374")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110497", " EQUIPAMENTOS DE LABORATÓRIO, SF, LOC. GASA")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>12.750,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110389", "16375")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110389", " COLHEDORA JOHN DEERE CH670 2L, ANO 2017, FR188056, LOC. GASA ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110399", "16376")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110399", " CARROCERIA TRANSBORDO 6T, ANO 2010, FR112816, LOC. MUNDIAL ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110397", "16377")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110397", " REBOQUE RANDON CANA PICADA, ANO 2012/2013, FR112534, LOC. MUNDIAL ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110408", "16378")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110408", " CARROCERIA CANA PICADA, ANO 2013, FR112317, LOC. MUNDIAL")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>7.750,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110398", "16379")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110398", " REBOQUE ROD. TRANSBORDO STA ISABEL 12T, ANO 2012/2012, FR112324, LOC. MUNDIAL ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110392", "16380")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110392", " REBOQUE RANDON CANA PICADA, ANO 2012/2013, FR112533, LOC. MUNDIAL ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110412", "16381")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110412", " CAMINHAO VOLKSVAGEN 31.330 CRC 6X4, ANO 2011/2012, FR81304, LOC.UNIVALEM")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>101.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110391", "16382")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110391", " CAMINHAO MERCEDES BENZ AXOR 3344, ANO 2014/2014, FR10622, LOC.UNIVALEM")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>152.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110393", "16383")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110393", " CAMINHAO VW 31-320-E 6X4 PLATAFORMA, ANO 2010/2010, FR91234, LOC. UNIVALEM")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>127.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110395", "16384")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110395", " TRANSBORDO ATA 12000 12T, ANO 2013, FR84610, LOC. UNIVALEM ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110400", "16385")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110400", " TRATOR JOHN DEERE 7195J 4X4, ANO 2013, FR31041,  LOC.  UNIVALEM")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>72.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110404", "16386")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110404", " TRATOR JOHN DEERE 7230 J 4X4, ANO 2017, FR84554, LOC.  UNIVALEM")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>140.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110406", "16387")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110406", " TRATOR AGRI PNEU 205~225CV MA, ANO 2014, FR81541, LOC.  UNIVALEM ")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>57.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110394", "16388")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110394", " CARRETA TRANSB 30M3 2 80M 600 55 26 5, ANO 2014, FR84621, LOC.UNIVALEM ")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110411", "16389")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110411", " TRANSBORDO SERMAG 12 T, ANO 2008, FR88778, LOC.UNIVALEM  ")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110407", "16390")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110407", " TRATOR JOHN DEERE 7715 4X4, ANO 2010, FR115547,  LOC.UNIVALEM ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>59.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110403", "16391")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110403", " SEMI-REBOQUE TANQUE VINHACA GOYODO 10M, ANO 2010, FR82657, LOC. UNIVALEM  ")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>56.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110405", "16392")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110405", " TRATOR VALMET 1780 4X4, ANO 2003, FR81569, LOC.UNIVALEM")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>91</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>126.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110415", "16393")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110415", " TRANSBORDO MOD ATA 10500 ANO 2010 CAPAC 12TON, ANO 2010, FR84975, LOC.UNIVALEM   ")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110416", "16394")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110416", " TRANSBORDO ATA 12000 12T, ANO 2013, FR84609, LOC. UNIVALEM ")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110414", "16395")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110414", " TRATOR AGRICOLA VALTRA BM-125I 4X4, ANO 2012, FR19835,LOC.UNIVALEM ")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>81</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>125.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110401", "16396")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110401", " CARRETA TRANSB 30M3 2,80M 600/55-26.5, ANO 2014, FR81561, LOC. UNIVALEM ")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110413", "16397")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110413", " TRANSBORDO ATA 12000 12T, ANO 2012, FR84606, LOC.UNIVALEM")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110409", "16398")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110409", " TRANSBORDO ATA 12000 12T, ANO 2012, FR47062, LOC.UNIVALEM")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110396", "16399")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110396", " TRANSBORDO ATA 12000 12T, ANO 2012, FR47074,  LOC.UNIVALEM")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110402", "16400")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110402", " TRANSBORDO ATA 12000 12T, ANO 2012, FR47067, LOC.UNIVALEM ")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110410", "16401")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110410", " TRANSBORDO ATA 12000 12T, ANO 2012, FR47065, LOC.UNIVALEM ")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110390", "16402")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110390", " TRATOR VALTRA BT 190 4X4, ANO 2014, FR81753, LOC. UNIVALEM")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>91.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111275", "17077")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111275", " 12 CURVAS DE INOX , 90°LG, A 304 22"")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111272", "17111")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111272", " TROCADOR DE CALOR, PATR. 160486/160485/160483, LOC. TARUMÃ")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111274", "17114")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111274", " EXAUSTOR, PATR. 159240, LOC. TARUMÃ")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111253", "17153")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111253", " ENFARDADEIRA CASE LB433, FR48601, LOC.IPAUSSU")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111267", "17156")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111267", " ENFARDADEIRA, FR48602, LOC.IPAUSSU")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111251", "17177")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111251", " CARRETA DE TORTA, FR17187/ PATR.174704, LOC. IPAUSSU ")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111252", "17179")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111252", " ENFARDADORA PALHA ARRAST, FR48604, LOC. IPAUSSU ")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111261", "17186")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111261", " TRATOR CASE 180, FR102822, ( MOTOR/ CAMBIO TRAVADO ) LOC. IPAUSSU ")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>67.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111250", "17193")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111250", " 170 EXTINTORES TAMANHOS E MOD. DIVERSOS, SF, LOC. Maracaí - SP")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>3.650,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111265", "17196")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111265", " EQUIPAMENTO INDUSTRIAL, SF, LOC. Maracaí - SP")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111248", "17228")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111248", " ENLEIRADOR DE PALHA DRIA MOD PRO 17, FR48176,  LOC.IPAUSSU")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111264", "17234")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111264", " CALDEIRA E PIA P/ COZINHA INDUSTRIAL, SF, LOC. TARUMÃ")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>2.150,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111268", "17235")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111268", " 1 REBOILER, ( AQUECEDOR VERTICAL, SF, LOC. TARUMÃ")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111270", "17236")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111270", " 1 REBOILER, ( AQUECEDOR VERTICAL, SF, LOC. TARUMÃ")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111271", "17237")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111271", " CONJ. ADIABÁTICO E PENEIRA DE AÇUCAR, SF, LOC. TARUMÃ")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111273", "17238")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111273", " CENTRIFUGA , PATR.229994, LOC. TARUMÃ")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>79</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111260", "17239")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111260", " 06 TANQUE DE FIBRA, SF, LOC. Maracaí - SP")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>5.250,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111246", "17240")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111246", " 01 REDUTOR, PATR.163010, LOC. Maracaí - SP")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111256", "17241")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111256", " 01 REDUTOR, PATR.169672, LOC. Maracaí - SP")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111262", "17242")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111262", " SUCATA DE CENTRIFUGA, PATR. 164171, LOC. Maracaí - SP")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111255", "17243")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111255", " 02 BOMBAS S/ MOTOR, PATR.169943/169940/169942, LOC. Maracaí - SP")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111258", "17244")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111258", " 01 BOMBA C/ MOTOR, PATR. 169743/169744, LOC. Maracaí - SP")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>3.050,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111249", "17245")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111249", " 17 PARAFUSOS GRANDES, SF, LOC. Maracaí - SP")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111259", "17252")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111259", " CARRETA SERVIÇOS DIVERSOS, FR48006, LOC. IPAUSSU")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111266", "17253")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111266", " CAMINHÃO M.BENZ/L 2213, ANO 1981/1981, FR230030, LOC.IPAUSSU")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111247", "17254")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111247", " PLANTADORA , FR92868, LOC. IPAUSSU ")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111245", "17255")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111245", " ENFARDADEIRA CASE LB433, FR48600, LOC.IPAUSSU")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111257", "17256")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111257", " ENLEIRADOR DE PALHA DRIA, FR48174, LOC.IPAUSSU")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111263", "17257")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111263", " 3 TANQUES PLASTICOS DE IMPLEMENTO, FR17257, LOC.IPAUSSU ")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111278", "17261")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111278", " REBOQUE RANDON, 2012/2013, FR82685, LOC. IPAUSSU ")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>49.000,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111276", "17262")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111276", " TRANSBORDO SANTAL, FR47087, LOC. IPAUSSU ")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111269", "17263")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111269", " TRANSBORDO SANTAL 12 T, FR47086, LOC. IPAUSSU ")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111244", "17264")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111244", " TRANSBORDO ANTONIOSI ATA 12000, FR47051, LOC. IPAUSSU  ")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111254", "17265")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111254", " TRANSBORDO ATA 12000 12T, FR47059,  LOC. IPAUSSU ")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111715", "20427")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111715", "160 PEÇAS GABINETE ACELERA V2 /PARA TV DE 32 POL. (não esta incluso a tv) SF, LOC. COSTA PINTO ")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111710", "20461")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111710", "ELETROENCEFALOGRAMA MERDITRON – PLAQUETA 185453, LOC. COSTA PINTO")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111709", "20464")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111709", "AUTOCLAVE STERMAX 21 litros 10 A - PLAQUETA 164470, LOC. COSTA PINTO ")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111711", "20466")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111711", "INCUBADORA BIOLÓGICA BIOCONTROL 6t- bivolt- LOC. COSTA PINTO")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111713", "20483")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111713", " TRATOR VALTRA BH210, ANO 2014, FR116554, LOC.BOM RETIRO ")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>88</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>246.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111707", "20493")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111707", " PLANTADEIRA TMA, ANO 2014, FR140009, LOC.BOM RETIRO ")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111705", "20513")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111705", " CARRETA ESPALHA TORTA FILTRO, ANO 2008,  FR25434, LOC.COSTA PINTO ")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111703", "20514")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111703", " AUTOCLAVE, PL161155, LOC. SANTA HELENA ")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111706", "20524")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111706", "CAMINHÃO QUEIMADO M.BENZ AXOR 3344 6x4 CAV(QUEIMADO)TANQUE FIBRA (QUEIMADO)  ANO 2013/2013, (QUEIMADO)TANQUE FIBRA(QUEIMADO), FR10629, LOC. BOM RETIRO")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111704", "20525")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111704", " CARRETA ABRIGO OPERAD.RSA, ANO 2011, FR92790, LOC. BOM RETIRO ")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111712", "20535")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111712", "NOBREAK PHD 20kva, SERIE 3KB8131012877590030, LOC. COSTA PINTO ")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111716", "20587")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111716", "2 FILTROS  VERT INOX FILTRALI S/FR, LOC. COSTA PINTO ")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111708", "22097")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111708", "2 CATRACA PREMIUM II INOX CPL Plaquetas 163449 /163447- LOC. SANTA HELENA ")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>