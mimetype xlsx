--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,5915 +269,5179 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110962", "209")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110962", " JD COLHEDORA 3522 ;ANO 2014\2014 ;FR.: 3976 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110963", "210")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110963", " JD COLHEDORA 3522 ;ANO 2014\2014 ;FR.: 3939 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110961", "211")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110961", " JD COLHEDORA 3522 ;ANO 2015\2015 ;FR.: 3947 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110969", "212")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110969", " JD COLHEDORA 3522 ;ANO 2014\2014 ;FR.: 3962 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110968", "213")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110968", " JD COLHEDORA 3522 ;ANO 2013\2013 ;FR.: 3970 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110964", "214")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110964", " ONIBUS M. BENZ MPOLO VIALE ;ANO 2001\2001 ;FR.: 3154 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110974", "215")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110974", " VALTRA BM 100 S 4x4 ;ANO 2004\2004 ;FR.: 3791 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>85.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110966", "216")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110966", " VALTRA 1280 PCR 4x4 ;ANO 2006\2006 ;FR.: 3908 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>73.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110972", "217")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110972", " JD COLHEDORA 3522 ;ANO 2014\2014 ;FR.: 18697 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110965", "218")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110965", "PLANTADORA DE CANA PCP1102 ;ANO 2013\2013 ;FR.: 31191 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110967", "219")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110967", "VALTRA 1280 PCR 4x4 ;ANO 2007\2007 ;FR.: 3912 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>48.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110970", "232")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110970", " ONIBUS M. BENZ MPOLO VIALE ;ANO 2001\2001 ;FR.: 3155 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110973", "249")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110973", " VALTRA BH 185 I 4X4 ;ANO 2013\2013 ;FR.: 18649 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>104</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>138.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110971", "250")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110971", " JD COLHEDORA 3522 ;ANO 2011\2011 ;FR.: 3957 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110977", "251")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110977", " VOLVO VM 310 6X4 R ;ANO 2007\2008 ;FR.: 3364 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>43.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110981", "252")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110981", " VOLVO VM 260 6x4 R ;ANO 2011\2011 ;FR.: 3385 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>95</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>134.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110975", "253")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110975", " TRANSBORDO VT10 Bi Tandem ;ANO 2014\2014 ;FR.: 31222 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110978", "254")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110978", "VALTRA BL 77 4x4 ;ANO 2006\2006 ;FR.: 18517 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>82.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110976", "255")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110976", " VALTRA BH 185 I 4X4 ;ANO 2011\2011 ;FR.: 3827 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>102.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110979", "256")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110979", " VALTRA BH 180  4X4 ;ANO 2003\2003 ;FR.: 3786 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>92.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110984", "257")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110984", " VALTRA BM 100 S 4x4 ;ANO 2005\2005 ;FR.: 3829 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110990", "258")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110990", " VALTRA BH 180  4X4 ;ANO 2006\2006 ;FR.: 3834 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>84.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111006", "259")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111006", " VALTRA BH 180  4X4 ;ANO 2007\2007 ;FR.: 3756 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>83.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111005", "260")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111005", " VALTRA BH 180  4X4 ;ANO 2007\2007 ;FR.: 3840 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>91.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111017", "261")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111017", " VALTRA BH 180  4X4 ;ANO 2007\2007 ;FR.: 3799 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>97.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111044", "262")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111044", " VALTRA BM 100 PCR 4x4 ;ANO 2005\2005 ;FR.: 18684 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>104.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111043", "263")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111043", " PA CARREGADEIRA CAT 938H ;ANO 2012\2012 ;FR.: 18664 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>84</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>214.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111045", "264")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111045", " MOTONIVELADORA 140K CAT. ;ANO 2011\2011 ;FR.: 3716 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>95</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>362.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111046", "275")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111046", " VOLVO FM 440 6X4 R ;ANO 2007\2007 ;FR.: 3398 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111047", "276")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111047", " VOLVO FM12 380 6X4 R ;ANO 2005\2005 ;FR.: 3335 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>87</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>125.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111052", "277")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111052", " VOLVO VM 330 6X4 R  ;ANO 2013\2013 ;FR.: 3361 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110980", "296")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110980", " CARRETA BASC. DISTR. MUDA ;ANO 2016\2016 ;FR.: 31229 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111055", "297")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111055", " CARRETA BASC. DISTR. MUDA ;ANO 2017\2017 ;FR.: 31175 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111049", "298")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111049", " REB. CANA PICADA USICAMP ;ANO 2006\2006 ;FR.: 3553 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111053", "299")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111053", " REB. CANA PICADA USICAMP ;ANO 2004\2004 ;FR.: 3504 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111048", "300")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111048", " REB. CANA PICADA RANDOM ;ANO 2006\2006 ;FR.: 3541 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111051", "301")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111051", " JD COLHEDORA 3522 ;ANO 2013\2013 ;FR.: 3969 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111050", "302")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111050", " COLHEDORA VALTRA BE 1035 ;ANO 2016\2016 ;FR.: 3930 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110982", "303")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110982", " COLHEDORA VALTRA BE 1035 ;ANO 2016\2016 ;FR.: 8681 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111054", "304")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111054", " VALTRA BH 185 I 4X4  ;ANO 2011\2011 ;FR.: 3820 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>99</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>136.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111066", "305")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111066", " JD COLHEDORA 3522 ;ANO 2014\2014 ;FR.: 3975 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111060", "306")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111060", " JD COLHEDORA 3522 ;ANO 2013\2013 ;FR.: 3971 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111061", "307")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111061", " JD COLHEDORA 3522 ;ANO 2014\2014 ;FR.: 18708 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111059", "308")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111059", " VALTRA BH 180  4X4 ;ANO 2007\2007 ;FR.: 3754 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>103.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111067", "309")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111067", " VALTRA BM 100 S 4x4 ;ANO 2008\2008 ;FR.: 3748 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>106.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111068", "310")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111068", " VALTRA BH 185 I 4X4 ;ANO 2011\2011 ;FR.: 3801 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>83</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>136.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111057", "311")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111057", " VALTRA BH 205 I ;ANO 2011\2011 ;FR.: 3770 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>99</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>131.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111069", "312")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111069", " JD COLHEDORA 3522 ;ANO 2015\2015 ;FR.: 3946 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110983", "313")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110983", " JD COLHEDORA 3522 ;ANO 2014\2014 ;FR.: 18699 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111063", "314")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111063", " COLHEDORA VALTRA BE 1035 ;ANO 2016\2016 ;FR.: 8678 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111064", "315")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111064", " VALTRA BH 205 I ;ANO 2013\2013 ;FR.: 18606 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>121.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111065", "316")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111065", " VALTRA BH 180  4X4 ;ANO 2007\2007 ;FR.: 3849 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>82.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111070", "317")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111070", " VALTRA BH 205 i ;ANO 2013\2013 ;FR.: 18607 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>97</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>135.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111058", "318")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111058", " VALTRA BH 185 I 4X4 ;ANO 2007\2007 ;FR.: 3745 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>76</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>112.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111071", "319")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111071", " VALTRA BH210 I 4X4 ;ANO 2016\2016 ;FR.: 3811 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>105</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>119.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111056", "320")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111056", " VALTRA BH 185 I 4X4 ;ANO 2013\2013 ;FR.: 18600 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>129</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>162.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111062", "321")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111062", " VALTRA BM 100 S 4x4 ;ANO 2003\2003 ;FR.: 3782 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111073", "322")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111073", " VALTRA BH 205 I ;ANO 2011\2011 ;FR.: 3766 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>78</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>129.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111072", "323")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111072", " VALTRA BH 185 I 4X4 ;ANO 2013\2013 ;FR.: 18608 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>84</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>132.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111080", "324")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111080", " NH TL95E 4x4 ;ANO 2006\2006 ;FR.: 18521 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>85</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>104.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111081", "325")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111081", " VALTRA BH 145 4x4 ;ANO 2011\2011 ;FR.: 3835 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111078", "326")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111078", " VALTRA BH 180  4X4 ;ANO 2006\2006 ;FR.: 3798 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>91.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110992", "327")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110992", " VALTRA BH 205 I ;ANO 2010\2010 ;FR.: 3761 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>88</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>128.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110987", "328")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110987", " CULTIVADOR 1 LINHA  ;ANO 2013\2013 ;FR.: 31309 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110985", "330")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110985", " DISTRIBUIDOR DE TORTA ;ANO 2014\2014 ;FR.: 31192 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>7.250,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111077", "331")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111077", " VOLVO FM12 380 6X4 R ;ANO 2005\2005 ;FR.: 3336 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110989", "333")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110989", " VOLVO FH 520 6X4 R ;ANO 2011\2011 ;FR.: 3382 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>158.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110986", "334")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110986", " REB. CANA PICADA USICAMP ;ANO 2003\2003 ;FR.: 3486 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111074", "335")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111074", " REB. CANA PICADA USICAMP ;ANO 2004\2004 ;FR.: 3497 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111083", "336")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111083", " REB. CANA PICADA RANDON ;ANO 2006\2006 ;FR.: 3545 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110996", "337")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110996", " REB. CANA PICADA USICAMP ;ANO 2003\2003 ;FR.: 3485 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110988", "338")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110988", " REB. CANA PICADA USICAMP ;ANO 2006\2006 ;FR.: 3548 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111079", "339")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111079", " REB. CANA PICADA RANDON  ;ANO 2006\2006 ;FR.: 3542 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111086", "340")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111086", " REB. CANA PICADA USICAMP ;ANO 2006\2006 ;FR.: 3551 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111076", "341")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111076", " VOLVO VM 310 6X4 R ;ANO 2007\2008 ;FR.: 3363 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>54.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111084", "342")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111084", " CARRETA BASC. DISTR. MUDA ;ANO 2017\2017 ;FR.: 31179 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110994", "343")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110994", " CARRETA BASC. DISTR. MUDA ;ANO 2017\2017 ;FR.: 31154 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111075", "344")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111075", " CARRETA BASC. DISTR. MUDA ;ANO 2016\2016 ;FR.: 31230 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>14.250,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110991", "345")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110991", " CARRETA BASC. DISTR. MUDA ;ANO 2017\2017 ;FR.: 31171 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>15.750,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111094", "346")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111094", " CARRETA BASC. DISTR. MUDA ;ANO 2017\2017 ;FR.: 31177 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>18.250,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111091", "347")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111091", " CARRETA BASC. DISTR. MUDA ;ANO 2017\2017 ;FR.: 31178 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>18.750,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111092", "348")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111092", " CARRETA BASC. DISTR. MUDA ;ANO 2016\2016 ;FR.: 31227 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111087", "349")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111087", " CARRETA BASC. DISTR. MUDA ;ANO 2016\2016 ;FR.: 31228 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111082", "350")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111082", " CARRETA BASC. DISTR. MUDA ;ANO 2017\2017 ;FR.: 31162 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111090", "354")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111090", " ONIBUS M.BENZ BUSSCAR ECOSS ;ANO 2008\2008 ;FR.: 3165 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111100", "356")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111100", " ONIBUS M.BENZ BUSSCAR ECOSS ;ANO 2008\2008 ;FR.: 3163 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111101", "360")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111101", " M.BENZ L 2213 ;ANO 1984\1984 ;FR.: 3184 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>58.500,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110998", "361")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110998", " M.BENZ L 2216 ;ANO 1985\1985 ;FR.: 18221 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>76</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>69.000,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110993", "362")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110993", " CARRETA BASC. DISTR. MUDA ;ANO 2017\2017 ;FR.: 31176 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>14.250,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111085", "363")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111085", " CARRETA BASC. DISTR. MUDA ;ANO 2017\2017 ;FR.: 31153 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>14.750,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110995", "364")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110995", " M. BENZ 2726K 6x4 ;ANO 2010\2010 ;FR.: 4204 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>109.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111088", "365")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111088", " VOLVO FM12 380 6X4 R ;ANO 2004\2004 ;FR.: 3325 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111002", "366")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111002", " M. BENZ AXOR 2831  6X4 ;ANO 2006\2006 ;FR.: 3179 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111102", "368")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111102", " REB. CANA PICADA USICAMP ;ANO 2003\2003 ;FR.: 3484 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111089", "369")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111089", " REB. CANA PICADA USICAMP;ANO 2005\2005 ;FR.: 3505 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111099", "370")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111099", " REB. CANA PICADA USICAMP ;ANO 2004\2004 ;FR.: 3498 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111003", "371")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111003", " REB. CANA PICADA USICAMP ;ANO 2006\2006 ;FR.: 3552 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111093", "372")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111093", " REB. CANA PICADA USICAMP ;ANO 2006\2006 ;FR.: 3528 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111097", "373")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111097", " REB. CANA PICADA USICAMP ;ANO 2004\2004 ;FR.: 3490 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110999", "374")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110999", " REB. CANA PICADA USICAMP ;ANO 2006\2006 ;FR.: 3554 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111001", "375")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111001", " REB. CANA PICADA USICAMP ;ANO 2004\2004 ;FR.: 3494 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111096", "376")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111096", " REB. CANA PICADA USICAMP ;ANO 2004\2004 ;FR.: 3496 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111095", "377")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111095", " REB. CANA PICADA USICAMP ;ANO 2004\2004 ;FR.: 3502 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110997", "378")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/110997", " REB. CANA PICADA USICAMP ;ANO 2002\2002 ;FR.: 3464 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111098", "379")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111098", " REB. CANA PICADA RANDON;ANO 2002\2002 ;FR.: 3537 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111004", "380")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111004", " REB. CANA PICADA USICAMP ;ANO 2006\2006 ;FR.: 3531 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111103", "381")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111103", " REB. CANA PICADA USICAMP ;ANO 2005\2005 ;FR.: 3506 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111112", "382")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111112", " REB. CANA PICADA USICAMP ;ANO 2006\2006 ;FR.: 3532 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111108", "383")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111108", " REB. CANA PICADA RANDON ;ANO 2006\2006 ;FR.: 3544 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111115", "384")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111115", " REB. CANA PICADA USICAMP ;ANO 2006\2006 ;FR.: 3530 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111128", "385")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111128", " REB. CANA PICADA USICAMP ;ANO 2006\2006 ;FR.: 3525 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111104", "386")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111104", " REB. CANA PICADA USICAMP ;ANO 2004\2004 ;FR.: 3500 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111106", "387")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111106", " REB. CANA PICADA USICAMP;ANO 2006\2006 ;FR.: 3550 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111131", "388")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111131", " REB. CANA PICADA USICAMP ;ANO 2006\2006 ;FR.: 3549 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111120", "389")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111120", " REB. CANA PICADA USICAMP; ANO 2006\2006 ;FR.: 3546 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111118", "390")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111118", " ONIBUS M. BENZ OF 1620 ;ANO 1995\1996 ;FR.: 3149 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111114", "391")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111114", " VOLVO FH 520 6X4 R ;ANO 2011\2011 ;FR.: 3381 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>112</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>172.000,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111127", "393")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111127", " M. BENZ 710 ;ANO 2001\2001 ;FR.: 3074 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>57.500,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111107", "394")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111107", " TRANSBORDO VT10 Bi TANDEM ;ANO 2014\2014 ;FR.: 31224 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111135", "395")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111135", " VALTRA 1280 PCR 4x4 ;ANO 2007\2007 ;FR.: 3915 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>44.000,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111105", "396")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111105", " SULCADOR 2 LINHAS ;ANO 2012\2012 ;FR.: 31248 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111116", "397")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111116", " DISTRIBUIDOR DE TORTA ;ANO 2012\2012 ;FR.: 31258 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111132", "398")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111132", " REB. CANA PICADA USICAMP ;ANO 2004\2004 ;FR.: 3501 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111133", "399")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111133", " CALCAREADEIRA ;ANO 2014\2014 ;FR.: 31220 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111137", "400")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111137", " REB. CANA PICADA USICAMP ;ANO 2006\2006 ;FR.: 3547 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111000", "401")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111000", " REB. CANA PICADA USICAMP;ANO 2006\2006 ;FR.: 3527 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111140", "402")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111140", " REB. CANA PICADA  RANDON ;ANO 2006\2006 ;FR.: 3538 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111141", "404")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111141", " DISTRIBUIDOR DE TORTA ;ANO 2012\2012 ;FR.: 31282 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111007", "405")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111007", " TRANSBORDO VT10 Bi TANDEM ;ANO 2014\2014 ;FR.: 30698 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111009", "406")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111009", " TRANSBORDO VT10 Bi TANDEM ;ANO 2014\2014 ;FR.: 30668 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111008", "411")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111008", " ESCAVADEIRA 320 D/DL ;ANO 2013\2013 ;FR.: 3709 ;LOC.: MARINGÁ/PR")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>268.500,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111010", "421")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111010", " VALTRA BH 205 i ;ANO 2013\2013 ;FR.: 18609 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>76</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>154.897,89</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111030", "422")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111030", " VALTRA 1280 PCR 4x4 ;ANO 2007\2007 ;FR.: 3909 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>101.000,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111021", "424")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111021", " JD COLHEDORA 3522 ;ANO 2015\2015 ;FR.: 18707 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111020", "425")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111020", " TRANSBORDO VT8  ;ANO 2007\2007 ;FR.: 31405 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111018", "426")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111018", " REB. CANA PICADA USICAMP ;ANO 2004\2004 ;FR.: 3499 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111027", "427")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111027", " REB. CANA PICADA USICAMP ;ANO 2004\2004 ;FR.: 3503 ;LOC.: TAPEJARA")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111025", "477")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111025", " MICRO ONIBUS VW MPOLO SENIOR ;ANO 2011\2012 ;FR.: 1092 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111011", "478")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111011", " VOLVO FM12 380 6X4 R ;ANO 2004\2004 ;FR.: 1334 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>81.000,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111013", "479")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111013", " MICRO ONIBUS VW MPOLO SENIOR ;ANO 2011\2012 ;FR.: 1091 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111012", "480")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111012", " MICRO ONIBUS VW MPOLO SENIOR ;ANO 2011\2012 ;FR.: 1090 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111016", "481")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111016", " MICRO ONIBUS VW MPOLO SENIOR ;ANO 2011\2012 ;FR.: 1093 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111029", "482")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111029", " VALTRA BH 145 4x4 ;ANO 2011\2011 ;FR.: 13090004 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>110</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111028", "483")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111028", " VALTRA BH 145 4x4 ;ANO 2012\2012 ;FR.: 13090007 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>116</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>158.000,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111023", "484")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111023", " VV FM 440 6X4 R ;ANO 2006\2007 ;FR.: 11100006 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>96.000,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111026", "485")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111026", " VALTRA BM 100 S 4x4 ;ANO 2003\2003 ;FR.: 1810 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>88.000,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111024", "486")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111024", " VALTRA BH 145 4x4 ;ANO 2012\2012 ;FR.: 13090008 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>82</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>146.500,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111031", "487")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111031", " PA CARREGADEIRA CAT 938H ;ANO 2011\2011 ;FR.: 13050005 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>174.000,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111019", "489")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111019", " VALTRA BH 145 4x4 ;ANO 2011\2011 ;FR.: 13090003 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>114</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>177.500,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111022", "490")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111022", " ALEIRADOR DE PALHA ;ANO 2014\2014 ;FR.: 30122 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111014", "491")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111014", " VALTRA BH 205 I ;ANO 2010\2010 ;FR.: 13100014 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>175.000,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111134", "492")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111134", " VALTRA BH 185 I 4X4 ;ANO 2011\2011 ;FR.: 1847 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>81</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>133.000,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111136", "493")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111136", " VOLVO FM12 380 6X4 R ;ANO 2003\2003 ;FR.: 1317 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
-      <c r="A164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111138", "494")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111138", " VOLVO FM12 420 6X4 R ;ANO 2003\2003 ;FR.: 1327 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>99.000,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111139", "495")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111139", " ONIBUS VOLVO MPOLO TORINO ;ANO 2011\2012 ;FR.: 1138 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
-      <c r="A166" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111032", "496")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111032", " ONIBUS M. BENZ OF 1620 ;ANO 1995\1995 ;FR.: 1131 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
-      <c r="A167" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111144", "497")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111144", " VALTRA BH 185 I 4X4 ;ANO 2010\2010 ;FR.: 1841 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>137.666,66</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
-      <c r="A168" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111142", "499")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111142", " VALTRA BH 145 4x4 ;ANO 2011\2011 ;FR.: 13090002 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>108</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>181.000,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
-      <c r="A169" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111143", "500")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111143", " VOLVO FM 440 6X4 R ;ANO 2006\2007 ;FR.: 1340 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>121.000,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
-      <c r="A170" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111145", "501")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111145", " VOLVO FM12 380 6X4 R ;ANO 2004\2004 ;FR.: 1336 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t>101.000,00</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
-      <c r="A171" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111119", "503")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111119", " VOLVO VM 260 6x4 R ;ANO 2010\2010 ;FR.: 11140019 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>89.000,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
-      <c r="A172" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111109", "504")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111109", " JD COLHEDORA 3522 ;ANO 2013\2013 ;FR.: 1960 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
-      <c r="A173" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111124", "505")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111124", " VALTRA 1280 PCR 4x4 ;ANO 2004\2004 ;FR.: 1915 ;LOC.: IGUATEMI/ PR")</f>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>62.000,00</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
-      <c r="A174" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111113", "506")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111113", " JD COLHEDORA 3522 ;ANO 2013\2013 ;FR.: 1957 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
-      <c r="A175" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111125", "509")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111125", " VALTRA BH 185 I 4X4 ;ANO 2010\2010 ;FR.: 13090014 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t>129.000,00</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
-      <c r="A176" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111130", "510")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111130", " VALTRA BH 180  4X4 ;ANO 2011\2011 ;FR.: 1837 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t>100.500,00</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
-      <c r="A177" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111111", "511")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111111", " VALTRA BH 185 I 4X4 ;ANO 2012\2012 ;FR.: 13090011 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>87</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>158.000,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
-      <c r="A178" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111110", "512")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111110", " VALTRA BH 180  4X4 ;ANO 2003\2003 ;FR.: 13090012 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>108</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t>169.000,00</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
-      <c r="A179" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111122", "513")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111122", " VOLVO FM12 380 6X4 R MUNCK ;ANO 2004\2004 ;FR.: 11100004 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t>171.000,00</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
-      <c r="A180" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111129", "514")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111129", " VALTRA BH 205 I ;ANO 2010\2010 ;FR.: 13100015 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
           <t>118</t>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
-      <c r="A181" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111126", "515")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111126", " JD COLHEDORA 3522 ;ANO 2014\2014 ;FR.: 1961 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C181" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
-      <c r="A182" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111117", "516")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111117", " JD COLHEDORA 3522 ;ANO 2013\2013 ;FR.: 1958 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C182" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
-      <c r="A183" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111123", "517")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111123", " JD COLHEDORA 3522 ;ANO 2011\2011 ;FR.: 1951 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C183" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
-      <c r="A184" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111121", "518")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111121", " DM PLANTADERIA DE CANA ;ANO 2013\2013 ;FR.: 30070 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C184" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
-      <c r="A185" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111034", "519")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111034", " MOTONIVELADORA CAT 140K ;ANO 2011\2011 ;FR.: 13040024 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
           <t>77</t>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t>217.500,00</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
-      <c r="A186" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111033", "520")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111033", " TRANSBORDO TANDEM SANTAL  ;ANO 2018\2018 ;FR.: 30090 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
-      <c r="A187" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111037", "521")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111037", " TRANSBORDO VT10 Bi TANDEM ;ANO 2011\2011 ;FR.: 30025 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C187" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
-      <c r="A188" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111038", "522")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111038", " TRANSBORDO TANDEM SANTAL  ;ANO 2014\2014 ;FR.: 30125 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C188" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
-      <c r="A189" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111039", "523")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111039", " TRANSBORDO TANDEM SANTAL  ;ANO 2014\2014 ;FR.: 30131 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C189" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
-      <c r="A190" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111036", "524")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111036", " SN TRANSBORDO TANDEN ;ANO 2012\2012 ;FR.: 15220086 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C190" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
-      <c r="A191" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111035", "525")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111035", " SN TRANSBORDO TANDEN ;ANO 2014\2014 ;FR.: 15220095 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C191" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D191" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
-      <c r="A192" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111042", "526")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111042", " TRANSBORDO TANDEM SANTAL   ;ANO 2017\2017 ;FR.: 30075 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C192" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D192" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
-      <c r="A193" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111041", "527")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111041", " TRANSBORDO TANDEN ;ANO 2013\2013 ;FR.: 15220090 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C193" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
-      <c r="A194" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111040", "528")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111040", " TRANSB. VT10 BI TANDEM ;ANO 2011\2011 ;FR.: 15220081 ;LOC.: IGUATEMI")</f>
       </c>
       <c r="C194" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D194" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>