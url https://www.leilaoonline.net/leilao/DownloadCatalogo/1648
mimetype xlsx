--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,155 +269,139 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111280", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111280", " CAMINHAO COMPACTADOR 15 M3,  FORD - 1722, T1 4X2 . NO ESTADO.  ANO/MOD:  2010 PLACA:  ATE7726 RENAVAM:  255882610 CHASSI:  9BFYCE7V6BBB68945")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>74.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111282", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111282", " CAMINHAO COMPACTADOR 19 M3, FORD - 1722, T4 6X2. NO ESTADO.  ANO/MOD:  2010 PLACA:  NTR0874 RENAVAM:  232359825 CHASSI:  9BFYCE7V6ABB60939")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>73.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111281", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111281", " CAMINHAO BASCULANTE 12 M3, VOLKSWAGEN-13180, T1 4X2. NO ESTADO.  ANO/MOD:  2006 PLACA:  MVK8495 RENAVAM:  897255062 CHASSI:  9BWB172S46R627047")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111283", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111283", " CAMINHAO BASCULANTE 6 M3, VOLKSWAGEN-17210, T1 4X2. NO ESTADO.  ANO/MOD:  2002 PLACA:  KKU4691 RENAVAM:  796375216 CHASSI:  9BWCK82T52R211079")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>