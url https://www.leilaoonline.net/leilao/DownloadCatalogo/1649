--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,3611 +269,3163 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111474", "004")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111474", "MOTO-FREIO WEG 30HP WMINING PREMIUM")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111475", "009")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111475", "MOTOR WEG 40HP 1700RPM WMINING PREMIUM")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111487", "010")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111487", "MOTOR WEG 20HP 1700RPM W22 PREMIUM")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111479", "011")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111479", "REDUTOR DE VELOCIDADE PTI FALK 60/103HP - RED. 1:26")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111476", "013")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111476", "REDUTOR DE VELOCIDADE PTI FALK 40HP/74,5HP - RED. 1:25")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111477", "014")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111477", "REDUTOR DE VELOCIDADE PTI FALK 25HP - RED. 1:37")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111478", "015")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111478", "REDUTOR DE VELOCIDADE PTI FALK 100HP/157HP - RED. 1:21")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111483", "016")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111483", "REDUTOR DE VELOCIDADE PTI FALK 60/103HP - RED. 1:26")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111480", "018")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111480", "MOTORREDUTOR PTI FALK 25HP MOTOR WEG W22")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111481", "019")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111481", "FREIO ELETROMAGNÉTICO A DISCO EMH FDE 50")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111488", "020")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111488", "GERADOR A GASOLINA ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111482", "021")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111482", "RODA COMPONENTE 680X230X300MM; APLICAÇÃO: CARREGADOR DE NAVIO; SUBAPLICAÇÃO: TRUCK DE TRANSLAÇÃO (2 UNIDADES)")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111484", "022")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111484", "RODA COMPONENTE 680X230X300MM; APLICAÇÃO: CARREGADOR DE NAVIO; SUBAPLICAÇÃO: TRUCK DE TRANSLAÇÃO (2 UNIDADES)")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111485", "023")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111485", "RODA COMPONENTE 680X230X300MM; APLICAÇÃO: CARREGADOR DE NAVIO; SUBAPLICAÇÃO: TRUCK DE TRANSLAÇÃO (2 UNIDADES)")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111486", "025")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111486", "ESTUFA COM 2 COMPARTIMENTOS DE MEDIDA: 110X105X100CM")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111489", "026")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111489", "ESTUFA COM 2 COMPARTIMENTOS DE MEDIDA: 110X105X100CM")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111490", "027")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111490", "ESTUFA 280X140X200CM")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111491", "028")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111491", "BOMBA SUBMERSÍVEL")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111492", "029")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111492", "BOMBA SUBMERSÍVEL AÇO INÓX")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111493", "030")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111493", "BOMBA SUBMERSÍVEL AÇO INÓX")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111494", "033")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111494", "CARRINHO PALETEIRO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111495", "040")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111495", "LOTE COM 1 TAMBOR DE ÓLEO HIDRÁULICO 68 200L USADO E EM CONDIÇÕES DE USO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111496", "045")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111496", "TROCADOR DE CALOR 114X13CM")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111497", "046")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111497", "TROCADOR DE CALOR 114X13CM")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111498", "047")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111498", "TROCADOR DE CALOR 78X13CM")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111499", "048")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111499", "TROCADOR DE CALOR 78X13CM")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111500", "049")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111500", "TROCADOR DE CALOR 61X13CM")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111501", "050")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111501", "TROCADOR DE CALOR 61X13CM")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111502", "051")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111502", "VÁLVULA CXHXL = 600X670X760CM")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111503", "052")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111503", "VÁLVULA CXHXL = 600X670X760CM")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111516", "053")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111516", "VÁLVULA CXHXL = 600X670X760CM")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111504", "054")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111504", "VÁLVULA CXHXL = 900X1500X850CM")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111505", "055")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111505", "VÁLVULA CXHXL = 900X1500X850CM")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111506", "056")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111506", "PROJETOR DE PERFIL VERTICAL STARRET VB300")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111507", "057")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111507", "MOTOR WEG 10HP")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111508", "058")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111508", "MOTOR EBERLE 50 HP")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>5.050,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111509", "061")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111509", "MOTOR WEG 12,5 HP")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111510", "062")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111510", "MOTOR WEG 12,5 HP")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111511", "063")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111511", "MOTOR WEG 10 HP")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111512", "064")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111512", "MISTURADOR 30 HP")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111513", "065")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111513", "MISTURADOR 30 HP")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111514", "066")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111514", "MISTURADOR 30 HP")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111515", "067")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111515", "LOTE COM 2 REDUTORES 1:60")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111517", "068")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111517", "LOTE COM 2 BOMBAS DOSADORAS 1/3 HP")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111518", "069")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111518", "BOMBA DUPLA DOSADORA 3/4 HP")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111519", "070")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111519", "LOTE COM 3 BOMBAS CENTRÍFUGAS MONOFÁSICAS (2u 1/3 HP, 1u 3/4 HP)")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111520", "071")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111520", "BOMBAS DE TRANSFERÊNCIAS DE PRODUTOS QUÍMICOS COM SELAGEM MECÂNICA")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111521", "072")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111521", "LOTE COM 2 BOMBAS 1/2 HP")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111522", "073")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111522", "LOTE COM 2 BOMBAS 3 HP")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111523", "074")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111523", "BOMBA 0,33 HP")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111524", "075")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111524", "BOMBA 3/4 HP ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111525", "076")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111525", "SOPRADOR COMPRESSOR ROTATIVO OMEL")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111526", "078")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111526", "BOMBA 0,33 HP")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111527", "079")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111527", "BOMBA VÁCUO 4 HP COMPRESSOR RADIAL")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111528", "081")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111528", "SOPRADOR COMPRESSOR ROBUSCHI")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111529", "082")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111529", "BOMBA CENTRÍFUGA")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111530", "083")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111530", "BOMBA CENTRÍFUGA")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111531", "084")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111531", "BOMBA CENTRÍFUGA 2 HP")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111532", "085")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111532", "BOMBA DOSADORA 3/4 HP")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111533", "086")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111533", "BOMBA CENTRÍFUGA")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111534", "087")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111534", "MISTURADOR 3/4 HP")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111535", "088")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111535", "BOMBA CENTRÍFUGA")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111536", "089")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111536", "BOMBA CENTRÍFUGA")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111537", "090")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111537", "TALHA MANUAL DE ALAVANCA KITO 3200 KG")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...15 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111538", "091")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111538", "MOTORREDUTOR 1 HP")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111539", "092")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111539", "MOTOR CORRENTE CONTÍNUA 2 HP")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111540", "094")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111540", "TORNO JOINVILLE TM-175")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111541", "095")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111541", "DESENTUPIDOR DE ESGOTO RIDGID K-500")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111542", "096")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111542", "DESENTUPIDOR DE ESGOTO RIDGID K-500")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111543", "097")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111543", "DESENTUPIDOR DE ESGOTO RIDGID K-1000")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111556", "098")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111556", "DESENTUPIDOR DE ESGOTO RIDGID K-1000")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111557", "099")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111557", "DESENTUPIDOR DE ESGOTO RIDGID 500")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111558", "100")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111558", "DESENTUPIDOR DE ESGOTO RIDGID K-1000")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111544", "102")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111544", "ELEVADOR MONTA CARGA PLATAFORMA 1X1M")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111545", "105")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111545", "AFIADORA DE BROCAS WAIDA MODELO DW-31S")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111546", "106")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111546", "PLAINA LIMADORA SANCHEZ BLAINES")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111547", "107")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111547", "PRENSA EXCÊNTRICA 8 TON. HARLO")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111548", "108")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111548", "BALANCIM 15 TONELADAS INCOMPLETO")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111549", "109")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111549", "JATO DE GRANALHA")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111550", "110")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111550", "SERRA POLICORTE MONOFÁSICA")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111551", "113")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111551", "FURADEIRA DE BANCADA TRIFÁSICA MOTOMIL")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111552", "115")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111552", "TRANSPALETEIRA MANUAL")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111553", "117")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111553", "MASTRO PARA BANDEIRA 10M")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111554", "121")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111554", "MOINHO 300MM")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111555", "122")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111555", "SISTEMA DE CÂMERA SEESNAKE")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111559", "123")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111559", "SISTEMA DE CÂMERA SEESNAKE")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111560", "125")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111560", "BRAÇO GIRATÓRIO 500KG")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111561", "130")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111561", "QUEIMADOR DE COMBUSTÍVEL GLP PARA CALDEIRA TENGE")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111562", "131")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111562", "TRITURADOR DE PAPEL PARA ESCRITÓRIO")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111563", "132")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111563", "BRAÇO GIRATÓRIO 360 GRAUS")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111564", "133")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111564", "TRITURADOR EM AÇO INOX GERICKE")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111565", "137")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111565", "1 UNIDADE DE PISTÃO HIDRÁULICO (160CM X 20CM DIÂMETRO DO ÊMBOLO)")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111566", "139")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111566", "MÁQUINA PARA EMBALAR")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111567", "140")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111567", "MOTOR VARIMOT 10 HP")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111568", "141")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111568", "MOTOR VARIMOT 2 HP")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>30,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111569", "142")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111569", "MOTOR VARIMOT 3 HP")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>60,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111570", "143")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111570", "MOTOR VARIMOT 3 HP")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>60,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111571", "144")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111571", "MOTOR VARIMOT 2 HP")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>30,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111572", "145")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111572", "MOTOR VARIMOT 5 HP")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111573", "146")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111573", "MOTOR VARIMOT 5 HP")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111584", "147")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111584", "SERVO MOTOR 15 HP")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111585", "148")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111585", "SERVO MOTOR 15 HP")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111574", "150")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111574", "COFRE MECÂNICO COM CHAVE TETRA 60X48X45CM (SEM USO)")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...415 lines deleted...]
-      <c r="E28" s="5" t="inlineStr">
+      <c r="E113" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F28" s="4" t="inlineStr">
+      <c r="F113" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-[...25 lines deleted...]
-      <c r="F29" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111575", "151")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111575", "COFRE MECÂNICO COM CHAVE TETRA 60X48X45CM (SEM USO)")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-[...25 lines deleted...]
-      <c r="F30" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111576", "152")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111576", "COFRE MECÂNICO COM CHAVE TETRA 60X48X45CM (SEM USO)")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-[...25 lines deleted...]
-      <c r="F31" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111577", "153")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111577", "COFRE MECÂNICO COM CHAVE TETRA 60X48X45CM (SEM USO)")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-[...116 lines deleted...]
-      <c r="E35" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111578", "154")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111578", "COFRE MECÂNICO COM CHAVE TETRA 60X48X45CM (SEM USO)")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111579", "155")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111579", "2 COFRES MECÂNICOS COM CHAVE TETRA 60X48X45CM (SEM USO)")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F35" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E36" s="5" t="inlineStr">
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111580", "156")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111580", "2 COFRES MECÂNICOS COM CHAVE TETRA 60X48X45CM (SEM USO)")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F36" s="4" t="inlineStr">
-[...570 lines deleted...]
-      <c r="E54" s="5" t="inlineStr">
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111581", "157")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111581", "2 COFRES MECÂNICOS COM CHAVE TETRA 60X48X45CM (SEM USO)")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F54" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E55" s="5" t="inlineStr">
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111582", "158")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111582", "2 COFRES MECÂNICOS COM CHAVE TETRA 60X48X45CM (SEM USO)")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F55" s="4" t="inlineStr">
-[...95 lines deleted...]
-      <c r="F58" s="4" t="inlineStr">
+      <c r="F121" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-[...2014 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111583", "159")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111583", "2 COFRES MECÂNICOS COM CHAVE TETRA 60X48X45CM (SEM USO)")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>