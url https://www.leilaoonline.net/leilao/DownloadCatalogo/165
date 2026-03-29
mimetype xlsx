--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,667 +269,587 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8845", "200")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8845", "I; MMC PAJERO IO; 1999/2000; VERDE; GASOLINA;")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>11.100,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8514", "210")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8514", " HONDA; CITY LX FLEX; 2011/2012; CINZA;  ALCO./GASOLI.;  - IPVA 2017 PAGO -")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>31.750,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8844", "211")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8844", "PEUGEOT; 207 HB XR; 2009/2010; ALCO./GASOL.; PRETA;")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>7.550,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8846", "213")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8846", "HONDA, CIVIC LXS (AUT.), 2007/2007; ALCO/GASOL.; CINZA; BLINDADO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8843", "214")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8843", "FORD ECOSPORT FSL AUTOMÁTICA 2.0, 2014/2015; ALCO./GASOLI.; BRANCA; APROX. 28.000KM - IPVA 2017 PAGO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8779", "215")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8779", "HONDA; FIT LXL; 2004/2004; CINZA;  GASOLINA;")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8777", "225")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8777", "I; MMC LANCER 2.0, 2011/2012, PRETA; GASOLINA")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8816", "227")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8816", "TROLLER/ T4 XLT 3.2; 2014/2015; AZUL; DIESEL; APROX; 23.000KM")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>81</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>87.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8774", "230")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8774", "FORD, ECOSPORT FSL 1.6 FLEX, 2011/2012, ALCO/GASOL, PRATA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>25.750,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8515", "235")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8515", "FITA STRADA ADVENTURE CD 1.8 8V, ANO/MOD 2010/2010, ALCO./GASOLINA, PRETA - IPVA 2017 PAGO -")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>22.450,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8775", "242")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8775", " HONDA; CITY EX FLEX; 2010/2010; CINZA;  ALCO./GASOLI.;  - IPVA 2017 PAGO -")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8530", "243")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8530", "I/ VOLVO XC60 2.0 T5  R-DES, ANO/MOD. 2013/2014, COMB. GASOLINA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>95.010,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8516", "244")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8516", "HONDA; ACCORD LX; ANO/MOD. 2006/2007; GASOLINA; PRATA; ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>17.850,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8524", "245")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8524", "JTA/SUZUKI BURGMAN 400; 2001/2001; PRATA; GASOLINA;")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>4.950,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8518", "246")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8518", "FIAT, PALIO ELX, 2008/2008, ALCO./GASOLINA, PRATA, IPVA 2017 PAGO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>13.600,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8519", "247")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8519", "HIUNDAY, HB20 1.6 PREMIUN, 2013/2014, ALCO./GASOL. VERMELHA - IPVA 2017 PAGO -")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>26.750,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8520", "248")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8520", "I; MMC LANCER GT 2.0, 2012/2012, CINZA; GASOLINA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8776", "249")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8776", "I, PEUGEOT 308 GRI 16THPFA, 2015/2016, ALCO/GASOL, BRANCA - APROX. 9.700KM - IPVA 2017 PAGO -")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>45.152,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8778", "250")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8778", "HONDA, NX200, 2000/2000, ROXA, GASOLINA,")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>2.350,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8847", "251")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8847", "I; CHRYSLER PT CRUISER LTD; 2007/2007; GASOLINA; ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>11.250,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>