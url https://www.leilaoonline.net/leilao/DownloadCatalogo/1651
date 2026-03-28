--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,59 +269,55 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111617", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111617", "CASA DE 82,73m² EM TERRENO DE 200m² EM PORTO FERREIRA/ SP - JARDIM RECREIO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>199.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>