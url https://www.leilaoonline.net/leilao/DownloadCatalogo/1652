--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,283 +269,251 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111738", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111738", " 12 UNIDADES DE CILINDROS HIDRÁULICOS EM INOX QUEBRA PEDRA M/PRO ELETRO KEJALI. MOD. CHINES. ANO 2008")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111739", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111739", " ESTAÇÃO TOTAL LEIKA (TOPOGRAFIA) TC307, SÉRIE 684656, ANO 08. (CÓD. ET-005). (REF. 5) ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111741", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111741", " TESOURA HIDRÁULICA MOD. HC-300, ANO 09, SÉRIE HC3001007022. (FROTA TSH-005) ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111742", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111742", " ESCAVADEIRA HIDRÁULICA NEW HOLLAND. MOD. E485. ANO 2009. COM MOTOR DIESEL-INSUZO. SEM CONCHA. APROX. 4800 HORAS (FROTA EC-026) ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>180.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111743", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111743", " ESCAVADEIRA HIDRÁULICA NEW HOLLAND MOD. E358-B. ANO 11. COM MOTOR DIESEL RHINO. SEM LANÇA PEQUENA, SEM CONCHA, SEM UMA RODA MOTRIZ. RODANTE RUIM. (FROTA EC-028) ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111740", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111740", " COMPRESSOR DE AR ATLAS COPCO. MOD. XAS-420. ANO 07. COM MOTOR DIESEL CUMINNS. SOBRE RODAS. SEM MOTOR DE PARTIDA")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>77</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>60.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111745", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111745", " TORRE DE ILUMINAÇÃO ATLAS COPCO MOD. MOD. QAX24. ANO 06.  GENERATING SET ISSO 8520 QAX 24 - 240V FN HZ 60. SEM REFLETORES. (FROTA TORRE-001) ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...190 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111744", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/111744", " COMPRESSOR DE AR ATLAS COPCO MOD. XAS-186. ANO 07. COM MOTOR DIESEL MWM. SOBRE RODAS. SEM HÉLICE DO MOTOR.")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>50.750,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>