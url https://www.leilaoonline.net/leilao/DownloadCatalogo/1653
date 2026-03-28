--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,4123 +269,3611 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113190", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113190", " Pá Carregadeira de Esteira Caterpillar modelo 955L")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113338", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113338", "Pá Carregadeira Case W20. Ano 1986")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>82.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113339", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113339", "Motoniveladora Dresser 140C. Ano 1980")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112887", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112887", "[ VÍDEO ] Pá Carregadeira Caterpillar 977K com motor 3306 com placa espaçadora. Equipamento Operacional")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113337", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113337", "Trator de Esteira Komatsu D65 A. Com Ripper Caixa Grande. Motor Cummins NT855 Small Cam completo. Rodante bom. Sapatas ruins")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112901", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112901", " Pá Carregadeira Caterpillar 924G")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112902", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112902", "Pá Carregadeira Caterpillar 950F ano 1998")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>56.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112987", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112987", " Transmissão para Trator de Esteira Caterpillar D6R.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112990", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112990", " Motor Cummins NT 855. Modelo BIGCAM. Fabricado na China")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>8.250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112988", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112988", " Motor Cummins NT 855. Modelo BIGCAM. Fabricado na China")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112991", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112991", " Motor Cummins NT 855. Modelo BIGCAM. Fabricado na China")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112989", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112989", " Motor Caterpillar 3304 4 cilindros")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>13.250,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112992", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112992", " Motor Isuzu 6 Cilindros para aplicação em diversas escavadeiras. (Será desinstalado da máquina)")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112993", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112993", " Bomba Hidraulica Escavadeira Case CX240. (Será desinstalado da máquina)")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112995", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112995", " Redutor e motor Hidraulico de tração para Escavadeira Case CX240. (Será desinstalado da máquina)")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112994", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112994", " Redutor e motor Hidraulico de Giro para Escavadeira Case CX240. (Será desinstalado da máquina)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112997", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112997", " Caçamba para Escavdeira Case CX240")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112998", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112998", " Motor Isuzu 6 Cilindros para aplicação em diversas escavadeiras")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112996", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112996", " Bomba Hidráulica Escavadeira Case CX240. (Será desinstalado da máquina)")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112999", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112999", " Redutor e motor Hidráulico de tração para Escavadeira Case CX240 ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113000", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113000", " Redutor e motor Hidráulico de Giro para Escavadeira Case CX240. (Será desinstalado da máquina)")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113001", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113001", " Caçamba para Escavadeira Case CX240")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113003", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113003", " Torre Duplex para Empilhadeira 4 toneladas")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113004", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113004", "[ VÍDEO ] Torre Duplex com Diferencial e rodagem dupla para Empilhadeira 5 toneladas (626). (Será desinstalado da máquina)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113002", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113002", " Eixo Direcional com pistão Rodas e Pneus para empilhadeira")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113005", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113005", " Cabine para Pá Carregadeira Hyundai HL 757/ 740/ 760")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113006", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113006", " Cabine Para Retroescavadeira Caterpillar 416")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113007", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113007", " Cabine Para Retroescavadeira Hyundai")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113008", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113008", " Cabine para Escavadeira Caterpillar 320B sem porta")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113009", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113009", " Cabine Aberta para Retroescavadeira")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113011", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113011", " Cabine para Escavadeiras Hyundai R210, R160, R140, R320, R250, R500")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113010", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113010", " Cabine para Escavadeiras Hyundai R210, R160, R140, R320, R250, R500")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113012", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113012", " Cabine para Escavadeira Volvo")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113013", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113013", " Cabine para Retroescavadeira Case 580M")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113014", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113014", " Comando Final para Trator de Esteira D8N. Com embreagem direcional")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113018", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113018", " Coroa lateral esquerda, carcaça e Roda Guia D65")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113015", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113015", " 5 Comandos Hidraulicos Liebherr 944, 954, 974,")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113016", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113016", " Conjunto de Bomba Pá Carregadeira Komatsu WA320")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113017", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113017", " Motor de Tração Pá Carregadeira Komatsu WA320")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113019", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113019", " 5 Escapamentos diversos")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113020", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113020", " [ LANCE POR QUILO ] Aprox. 3 Toneladas de Pistões Hidráulicos")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>2,10</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113021", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113021", " 5 Pneus com Rodas Rolo Compactadores 7.50X13")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113022", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113022", " Motor Perkins 3cc com tanque hidráulico, bomba, comando e suporte")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113023", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113023", " Tambor para Rolo Compactador Dynapac CG14")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113176", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113176", " Motor Cummins série B parcial")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113170", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113170", " Bloco Motor Cummins série B")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113169", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113169", " Motor Cummins série B parcial")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113184", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113184", " Motor Cummins NT855 parcial Bigcan")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113179", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113179", " [ LANCE POR QUILO ] Transmissão Cat D8K. Aprox. 1 tonelada")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113171", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113171", " Motor parcial JCB 444 T2")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113185", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113185", " [ LANCE POR QUILO ] Transmissão Moto Scrapeer Caterpillar 621A. Aprox. 1 tonelada")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113180", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113180", " [ LANCE POR QUILO ] Eixo Diferencial Traseiro Cat 938G. Aprox. 1 tonelada")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1,70</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113173", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113173", " [ LANCE POR QUILO ] Eixo Diferencial Fiatallis FR180. Aprox. 2 toneladas")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113186", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113186", " [ LANCE POR QUILO ] 02 Eixos Diferenciais Liebherr 580. Aprox. 4 toneladas")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113178", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113178", " [ LANCE POR QUILO ] Eixo Diferencial Dianteiro Cat 930. Aprox. 1,5 tonelada")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1,95</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113172", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113172", " Virabrequim para Motor Cummins NT855 smalcan, Bielas 0,30 e mancais 0.10")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113183", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113183", " [ LANCE POR QUILO ] Eixo Dianteiro da Pá Carregadeira SEM. Aprox. 2 toneladas")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1,70</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113177", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113177", " [ LANCE POR QUILO ] Eixo Dianteiro de Pa Carregadeira FR 180. Aprox. 2 toneladas")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113174", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113174", " Eixo direcional da Empilhadeira Hyundai HDF 70")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113187", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113187", " [ LANCE POR QUILO ] 01 Par de Eixo Dianteiro e Traseiro da Pá Carregadeira JCB 456. Aprox. 4 toneladas")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1,70</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113181", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113181", " [ LANCE POR QUILO ] Bomba Hidráulica Komatsu PC 600. (Aprox. 600 kg)")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.020,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113175", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113175", " [ LANCE POR QUILO ] 2 Redutores de Tração de Escavadeiras de  30 toneladas. (Aprox. 700 kg)")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113188", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113188", " [ LANCE POR QUILO ] 02 Redutores de Tração da Komatsu PC 600. (Aprox. 600 kg)")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113182", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113182", " [ LANCE POR QUILO ] Redutor de Tração da S90. (Aprox. 500 kg)")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112983", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112983", " [ LANCE POR QUILO ] Par de Esteira para Trator Caterpillar D8K. Aprox. 4 Toneladas")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113191", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113191", " [ LANCE POR QUILO ] Chassi com eixo e roda da Empilhadeira Linde H40D. Aprox. 2 toneladas")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113192", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113192", " [ LANCE POR QUILO ]  Pistões Hidráulicos. Aprox. 2 toneladas")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113193", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113193", " [ LANCE POR QUILO ] RIPPER para trator de Esteira AD14 D65. Aprox. 1.800 kg")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113194", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113194", "Trator Agrícola CBT 2015")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>9.750,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112984", "071")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112984", " [ LANCE POR QUILO ] Par de Esteira para Trator Caterpillar D8K. Aprox. 4 Toneladas")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112981", "072")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112981", " Comando Final para Trator Caterpillar D6R. (Será desinstalado da máquina)")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113416", "073")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113416", "Escavadeira Hidráulica Caterpillar 320L Completa, somente bomba desmontada ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112883", "100")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112883", " 1 Diferencial 1 Eixo dianteiro e caixa de direção hidraulica Ford F11000")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112881", "101")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112881", " Comboio para Lubrificação")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112882", "102")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112882", "[ VÍDEO ] Motor OM352 com cambio e embreagem Mercedes Benz")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112884", "103")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112884", " 06 Rodas com Pneus 900x20 para Caminhão")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112885", "104")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112885", "[ VÍDEOS ] 06 Rodas com Pneus 900x20 para Caminhão")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112888", "105")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112888", " 1 Diferencial 1 Eixo dianteiro e caixa de direção hidraulica Mercedes 1113")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112889", "106")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112889", " 1 Diferencial 1 Eixo dianteiro e caixa de direção hidraulica Mercedes 1113")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112886", "107")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112886", " Caçamba Basculante para Caminhão toco")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112980", "108")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112980", " Par de Esteira para Trator D6R Caterpillar")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112890", "109")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112890", " Diferencial do Rolo Compactador Tema Terra SP8000 com corrente e cardan")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112891", "110")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112891", " 2 Redutor par esteiras trasnportadoras ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112892", "111")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112892", " Motor Opala GM 4cc gasolina para Empilhadeira")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112893", "112")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112893", " Engate Rápido para escavadeira de 20 toneladas")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112894", "113")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112894", " Engate Rápido para escavadeira de 20 toneladas")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112896", "114")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112896", " Eixo dianteiro e traseiro para Rolo Compactadores de Pneus")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112895", "115")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112895", " 2 Cabecotes para motor trator de Esteira caterpillar D8L")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112897", "116")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112897", " Motor para Pá Carregadeira 924G. Com conversor de torque")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>12.250,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112898", "117")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112898", " 7 Pneus Lisos com rodas. Para Rolo Compactador 11.00 X 20")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112900", "118")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112900", "[ VÍDEO ] Empilhadeira Yale 2,5 Toneladas GLP Operacional")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112899", "119")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112899", " Empilhadeira Yale 4 Toneladas GLP ")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112985", "120")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112985", " 2 Rodas guias para Trator D6R Caterpillar")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112986", "121")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112986", " Cabine para Trator de Esterira Caterpillar com ROPS")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112903", "122")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112903", "Traseira para Retroescavadeira Case 580 alavancas, pistões de giro e comando")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112904", "123")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112904", "Trator de Esteira Caterpillar D6R ano 1997")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112848", "124")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112848", "Redutor de Giro Escavadeira Caterpillar 320BL com motor")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112850", "125")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112850", "[ VÍDEO ] Comando Hidráulico Escavadeira Caterpillar 336D")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112849", "126")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112849", "[ VÍDEO ] Redutor de Translação com motor  Escavadeira Liebheer 942C com roda motriz")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112851", "127")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112851", "[ VÍDEOS ] Eixo Dianteiro Pa carregadeira Caterpillar 938G")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112852", "128")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112852", "[ VÍDEO ] Transmissão Pá Carregadeira Caterpillar 950G")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112853", "129")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112853", " Caçamba Escavadeira JCB JS330")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112854", "131")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112854", " Diferencial traseiro Pa Carregadeira 924G Caterpillar")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112856", "132")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112856", " 2 Radiadores Perkins novos")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112858", "133")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112858", "[ VÍDEO ] Transmissão Pá carregadeira Caterpillar 962G sem bomba e grupo de Válvula")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112859", "134")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112859", "[ VÍDEOS ] Transmissão Trator de Esteira D8N")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...15 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112857", "135")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112857", " Transmissão Trator de Esteira Komatsu D61EX")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112862", "136")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112862", " Motor de Translação Escavadeira FH220")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112861", "137")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112861", " Motor Volvo Modelo D7 ")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A16" s="5" t="inlineStr">
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112860", "138")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112860", "[ VÍDEO ] Transmissão Pá Carregadeira SEM modelo 659C")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112864", "139")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112864", "[ VÍDEO ] Radiador Sem uso c aftercooler")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112863", "140")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112863", "[ VÍDEO ] Radiador Sem Uso c aftercooler")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112865", "141")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112865", "[ VÍDEO ] Bomba Hidraulica Sundstrand P23")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112866", "142")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112866", "[ VÍDEO ] Redutor de Translação Escavadeira Case 888")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112867", "143")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112867", " Transmissão Motoniveladora Caterpillar 120G")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112868", "144")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112868", "Motor Caterpillar D342 para D8H ou D8K")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112869", "145")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112869", " [ VÍDEO ] Transmissão Combate / SDLG 936")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112870", "146")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112870", " Comando Hidraulico e Swivel Escavadeira Caterpillar 320")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112871", "147")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112871", " Motor Volvo parcial Modelo D7")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112872", "148")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112872", " Motor Perkins  6cc com caixa de cambio")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="B16" s="4" t="inlineStr">
-[...36 lines deleted...]
-      <c r="C17" s="4" t="inlineStr">
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112873", "149")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112873", " [ VÍDEO ] 5 unidades de Swivel 2 Hyundai R210, 1 Pc200, 1 PC 160 e CAT 320")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D17" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="A18" s="5" t="inlineStr">
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112874", "150")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112874", " Garfo de Tora para Pa Carregadeira")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112875", "151")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112875", " Caçamba Pa Carregadeira SDLG 936")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="B18" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112876", "152")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112876", " Caçamba da Pa Carregadeira Caterpillar 924G")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>4.400,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112877", "153")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112877", "02 Diferenciais com freio a disco e rodas traseiro e dianteiro Pá Carregadeira W20 ou similar")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...25 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112878", "154")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112878", " Caixa de Câmbio Scania ")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112880", "155")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112880", " Transmissão Trator de Esteira Caterpillar D6M")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...3742 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112879", "156")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112879", " Coroa de Giro Escavadeira Caterpillar 320 B")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>