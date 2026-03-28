--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,891 +269,783 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112069", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112069", " PRENSA HIDRAULICA 400T, MARCA FKA ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112072", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112072", " REDUTOR FLS, REDUÇÃO 1: 5,5 / PARA MOTOR DE 500CV")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112073", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112073", " DOSADOR PIOVAN, COMPLETO COM PAINEL, MODELO: MDW 200/22 PRA 200KG/HR")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112076", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112076", " EXTRUSORA CIOLA 30MM, MODELO: MACH30, COM MOTOR E VARIMOT, SEM ROSCA ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112071", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112071", " CENTRIFUGA DRYER GALA, MARCA: GALA, MODELO: 32.5 DW, CAPACIDADE PARA ATE 25T/HR, COM MOTOR ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112088", "010")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112088", " SULGADOR DE GRÃOS, FABRICANTE HANDLAIR, MODELO 550D, MOTOR A DIESEL JHONDEERE, CAPACIDADE 80T/HR, 260HR DE USO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112084", "011")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112084", " INJETORA PARA TARUGO DE NYLON, FABRICANTE KMH, MODELO 60S")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112083", "013")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112083", " LOTE DE REDUTOR TRANSMOTECNICA, 4 UNIDADES, REDUÇÃO 1:20 ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112085", "014")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112085", " GUILHOTINA, FABRICANTE GORRAN, 82CM DE MESA DE CORTE, COM MOTOR ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112086", "015")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112086", " MISTURADOR PAPENMAIR PARA PVC, COM MOTOR DE 40CV, INTERNA EM AÇO INOX")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112081", "016")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112081", " CORTADOR DE TUBO HORIZONTAL ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112090", "017")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112090", " MOINHO DIPRE HORIZONTAL, COM MOTOR DE 7,5CV FUNCIONANDO, ESTÁ SEM FACAS")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112089", "018")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112089", " MOINHO DIPRE HORIZONTAL, COM MOTOR DE 7,5CV FUNCIONANDO, ESTÁ SEM FACAS")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112093", "019")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112093", " MOINHO DIPRE HORIZONTAL, COM MOTOR DE 7,5CV FUNCIONANDO, ESTÁ SEM FACAS")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112091", "020")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112091", " MOINHO DIPRE HORIZONTAL, COM MOTOR DE 7,5CV FUNCIONANDO, COM FACAS")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112094", "021")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112094", " EXTRUSORA DUPLA ROSCA CÔNICA 100MM/50MM, MARCA AMERICAN MAPLAN, ACOMPANHA CANHÃO E ROSCA RESERVA ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112096", "022")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112096", " CANHÃO E ROSCA PRA INJETORA 125MM, MARCA: ROMI, COMPRIMENTO TOTAL 3,60M.")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112097", "023")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112097", " EXTRUSORA BARMAG 90MM, NO ESTADO, ESTAVA TRABALHANDO COM NYLON")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112100", "024")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112100", " SECADORA PARA PLÁSTICO, COMPRIMENTO 2M X 500MM / MOTOR 15CV ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112099", "025")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112099", "REDUTOR DE TRANSMOTÉCNICA")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115632", "026")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115632", " Base pra Extrusora ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115633", "027")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115633", " Extrusora 100mm ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115636", "028")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115636", " Extrusora 55mm")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>8.600,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115634", "029")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115634", " Moinho 300mm ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>14.600,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115637", "030")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115637", " Redutor de velocidade CESTARI")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115635", "031")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115635", " Rosca de inox para alimentação forçada, sem uso. ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115638", "032")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115638", " Extrusora CIOLA Mach30 30mm")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>8.600,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>